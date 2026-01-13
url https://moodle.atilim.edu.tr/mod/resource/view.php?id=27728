--- v0 (2025-11-27)
+++ v1 (2026-01-13)
@@ -1,329 +1,13795 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
+  <Override PartName="/xl/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
+  <Override PartName="/xl/pivotCache/pivotCacheDefinition2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
+  <Override PartName="/xl/pivotCache/pivotCacheRecords2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/pivotTables/pivotTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
+  <Override PartName="/xl/pivotTables/pivotTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
+  <Override PartName="/xl/pivotTables/pivotTable3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
+  <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\student\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\ercument\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{6BBD09A8-7391-48A3-BE64-BD4022D97CDA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-105" yWindow="-105" windowWidth="25815" windowHeight="15495"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="25820" windowHeight="15500" xr2:uid="{A7781646-FADB-4B6A-B6A6-A815189844DF}"/>
   </bookViews>
   <sheets>
-    <sheet name="Car Inventory" sheetId="1" r:id="rId1"/>
+    <sheet name="dataset" sheetId="1" r:id="rId1"/>
+    <sheet name="Sayfa2" sheetId="2" r:id="rId2"/>
   </sheets>
-  <externalReferences>
-[...2 lines deleted...]
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
+  <pivotCaches>
+    <pivotCache cacheId="13" r:id="rId3"/>
+    <pivotCache cacheId="11" r:id="rId4"/>
+  </pivotCaches>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
-        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3040" uniqueCount="35">
   <si>
-    <t>Chevrolet</t>
+    <t>Transaction ID</t>
   </si>
   <si>
-    <t>Dodge</t>
+    <t>Date</t>
   </si>
   <si>
-    <t>Ford</t>
+    <t>Region</t>
   </si>
   <si>
-    <t>Honda</t>
+    <t>Product</t>
   </si>
   <si>
-    <t>Nissan</t>
+    <t>Department</t>
   </si>
   <si>
-    <t>Toyota</t>
+    <t>Category</t>
   </si>
   <si>
-    <t>Make</t>
+    <t>Statement</t>
   </si>
   <si>
-    <t>Model</t>
+    <t>Statement Line Item</t>
   </si>
   <si>
-    <t>Color</t>
+    <t>Amount</t>
   </si>
   <si>
-    <t>Mileage</t>
+    <t>West</t>
   </si>
   <si>
-    <t>Price</t>
+    <t>Product B</t>
   </si>
   <si>
-    <t>Cost</t>
+    <t>Operations</t>
   </si>
   <si>
-    <t>Accord</t>
+    <t>COGS</t>
   </si>
   <si>
-    <t>Red</t>
+    <t>Balance Sheet</t>
   </si>
   <si>
-    <t>Blue</t>
+    <t>Net Income</t>
   </si>
   <si>
-    <t>Silver</t>
+    <t>Marketing</t>
   </si>
   <si>
-    <t>Camry</t>
+    <t>P&amp;L</t>
   </si>
   <si>
-    <t>Black</t>
+    <t>Gross Profit</t>
   </si>
   <si>
-    <t>Altima</t>
+    <t>East</t>
   </si>
   <si>
-    <t>Green</t>
+    <t>Product A</t>
   </si>
   <si>
-    <t>Corolla</t>
+    <t>Revenue</t>
   </si>
   <si>
-    <t>Civic</t>
+    <t>Sales</t>
   </si>
   <si>
-    <t>White</t>
+    <t>South</t>
   </si>
   <si>
-    <t>F-150</t>
+    <t>Operating Expenses</t>
   </si>
   <si>
-    <t>Silverado</t>
+    <t>North</t>
   </si>
   <si>
-    <t>Impala</t>
+    <t>Product C</t>
   </si>
   <si>
-    <t>Malibu</t>
+    <t>Satır Etiketleri</t>
   </si>
   <si>
-    <t>Escape</t>
+    <t>Toplam Amount</t>
   </si>
   <si>
-    <t>Mustang</t>
+    <t>Genel Toplam</t>
   </si>
   <si>
-    <t>CRV</t>
+    <t>Say Transaction ID</t>
   </si>
   <si>
-    <t>Maxima</t>
+    <t>(boş)</t>
   </si>
   <si>
-    <t>Fusion</t>
+    <t>2023</t>
   </si>
   <si>
-    <t>Charger</t>
+    <t>2024</t>
+  </si>
+  <si>
+    <t>&lt;1.01.2023</t>
+  </si>
+  <si>
+    <t>Sütun Etiketleri</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-[...4 lines deleted...]
-    <numFmt numFmtId="167" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <numFmts count="1">
+    <numFmt numFmtId="164" formatCode="yyyy\-mm\-dd"/>
   </numFmts>
-  <fonts count="3" x14ac:knownFonts="1">
+  <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <scheme val="minor"/>
-[...13 lines deleted...]
-      <family val="2"/>
+      <charset val="162"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="3">
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="5">
+  <cellXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" pivotButton="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" pivotButton="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
   </cellXfs>
-  <cellStyles count="3">
+  <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="ParaBirimi" xfId="2" builtinId="4"/>
-    <cellStyle name="Virgül" xfId="1" builtinId="3"/>
   </cellStyles>
-  <dxfs count="0"/>
+  <dxfs count="5">
+    <dxf>
+      <alignment horizontal="center"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center"/>
+    </dxf>
+  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="pivotCache/pivotCacheDefinition1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="pivotCache/pivotCacheDefinition2.xml"/></Relationships>
 </file>
 
-<file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/xlExternalLinkPath/xlPathMissing" Target="185-sinav-excel%20(2).xlsx" TargetMode="External"/></Relationships>
+<file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
-<file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-</externalLink>
+<file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+  <c:date1904 val="0"/>
+  <c:lang val="tr-TR"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:pivotSource>
+    <c:name>[dataset.xlsx]Sayfa2!PivotTable4</c:name>
+    <c:fmtId val="3"/>
+  </c:pivotSource>
+  <c:chart>
+    <c:autoTitleDeleted val="0"/>
+    <c:pivotFmts>
+      <c:pivotFmt>
+        <c:idx val="0"/>
+        <c:spPr>
+          <a:ln w="28575" cap="rnd">
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:round/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:marker>
+          <c:symbol val="none"/>
+        </c:marker>
+        <c:dLbl>
+          <c:idx val="0"/>
+          <c:spPr>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:txPr>
+            <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr>
+                <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="75000"/>
+                      <a:lumOff val="25000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="+mn-lt"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="+mn-cs"/>
+                </a:defRPr>
+              </a:pPr>
+              <a:endParaRPr lang="tr-TR"/>
+            </a:p>
+          </c:txPr>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+          </c:extLst>
+        </c:dLbl>
+      </c:pivotFmt>
+      <c:pivotFmt>
+        <c:idx val="1"/>
+        <c:spPr>
+          <a:ln w="28575" cap="rnd">
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:round/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:marker>
+          <c:symbol val="none"/>
+        </c:marker>
+        <c:dLbl>
+          <c:idx val="0"/>
+          <c:spPr>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:txPr>
+            <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr>
+                <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="75000"/>
+                      <a:lumOff val="25000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="+mn-lt"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="+mn-cs"/>
+                </a:defRPr>
+              </a:pPr>
+              <a:endParaRPr lang="tr-TR"/>
+            </a:p>
+          </c:txPr>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+          </c:extLst>
+        </c:dLbl>
+      </c:pivotFmt>
+      <c:pivotFmt>
+        <c:idx val="2"/>
+        <c:spPr>
+          <a:ln w="28575" cap="rnd">
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:round/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:marker>
+          <c:symbol val="none"/>
+        </c:marker>
+        <c:dLbl>
+          <c:idx val="0"/>
+          <c:spPr>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:txPr>
+            <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr>
+                <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="75000"/>
+                      <a:lumOff val="25000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="+mn-lt"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="+mn-cs"/>
+                </a:defRPr>
+              </a:pPr>
+              <a:endParaRPr lang="tr-TR"/>
+            </a:p>
+          </c:txPr>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+          </c:extLst>
+        </c:dLbl>
+      </c:pivotFmt>
+    </c:pivotFmts>
+    <c:plotArea>
+      <c:layout/>
+      <c:lineChart>
+        <c:grouping val="standard"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sayfa2!$B$15:$B$16</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Product A</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="28575" cap="rnd">
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sayfa2!$A$17:$A$21</c:f>
+              <c:strCache>
+                <c:ptCount val="4"/>
+                <c:pt idx="0">
+                  <c:v>East</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>North</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>South</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>West</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sayfa2!$B$17:$B$21</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="4"/>
+                <c:pt idx="0">
+                  <c:v>201570.53999999995</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>321077.06</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>228389.22000000003</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>270106.71999999997</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000000-D285-4E18-9A57-C8A48E41633A}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="1"/>
+          <c:order val="1"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sayfa2!$C$15:$C$16</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Product B</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="28575" cap="rnd">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sayfa2!$A$17:$A$21</c:f>
+              <c:strCache>
+                <c:ptCount val="4"/>
+                <c:pt idx="0">
+                  <c:v>East</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>North</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>South</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>West</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sayfa2!$C$17:$C$21</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="4"/>
+                <c:pt idx="0">
+                  <c:v>170155.72999999998</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>283018.35000000009</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>193090.11000000007</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>188090.57000000007</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-D285-4E18-9A57-C8A48E41633A}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="2"/>
+          <c:order val="2"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sayfa2!$D$15:$D$16</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Product C</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="28575" cap="rnd">
+              <a:solidFill>
+                <a:schemeClr val="accent3"/>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sayfa2!$A$17:$A$21</c:f>
+              <c:strCache>
+                <c:ptCount val="4"/>
+                <c:pt idx="0">
+                  <c:v>East</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>North</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>South</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>West</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sayfa2!$D$17:$D$21</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="4"/>
+                <c:pt idx="0">
+                  <c:v>263763.13999999996</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>227168.17999999993</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>211338.42999999996</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>168901.56999999998</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000002-D285-4E18-9A57-C8A48E41633A}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:smooth val="0"/>
+        <c:axId val="1451913520"/>
+        <c:axId val="1451914000"/>
+      </c:lineChart>
+      <c:catAx>
+        <c:axId val="1451913520"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="b"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:round/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="1451914000"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
+        <c:lblOffset val="100"/>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
+      <c:valAx>
+        <c:axId val="1451914000"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="1451913520"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="between"/>
+      </c:valAx>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:legend>
+      <c:legendPos val="r"/>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+      <c:txPr>
+        <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:pPr>
+          <a:endParaRPr lang="tr-TR"/>
+        </a:p>
+      </c:txPr>
+    </c:legend>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+    <c:extLst>
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
+  </c:chart>
+  <c:spPr>
+    <a:solidFill>
+      <a:schemeClr val="bg1"/>
+    </a:solidFill>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:solidFill>
+        <a:schemeClr val="tx1">
+          <a:lumMod val="15000"/>
+          <a:lumOff val="85000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:round/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="tr-TR"/>
+    </a:p>
+  </c:txPr>
+  <c:printSettings>
+    <c:headerFooter/>
+    <c:pageMargins b="0.75" l="0.7" r="0.7" t="0.75" header="0.3" footer="0.3"/>
+    <c:pageSetup/>
+  </c:printSettings>
+  <c:extLst>
+    <c:ext xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" uri="{781A3756-C4B2-4CAC-9D66-4F8BD8637D16}">
+      <c14:pivotOptions>
+        <c14:dropZoneFilter val="1"/>
+        <c14:dropZoneCategories val="1"/>
+        <c14:dropZoneData val="1"/>
+        <c14:dropZoneSeries val="1"/>
+        <c14:dropZonesVisible val="1"/>
+      </c14:pivotOptions>
+    </c:ext>
+    <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{E28EC0CA-F0BB-4C9C-879D-F8772B89E7AC}">
+      <c16:pivotOptions16>
+        <c16:showExpandCollapseFieldButtons val="1"/>
+      </c16:pivotOptions16>
+    </c:ext>
+  </c:extLst>
+</c:chartSpace>
+</file>
+
+<file path=xl/charts/colors1.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
+  <a:schemeClr val="accent1"/>
+  <a:schemeClr val="accent2"/>
+  <a:schemeClr val="accent3"/>
+  <a:schemeClr val="accent4"/>
+  <a:schemeClr val="accent5"/>
+  <a:schemeClr val="accent6"/>
+  <cs:variation/>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+    <a:lumOff val="20000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+    <a:lumOff val="40000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+    <a:lumOff val="30000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+    <a:lumOff val="50000"/>
+  </cs:variation>
+</cs:colorStyle>
+</file>
+
+<file path=xl/charts/style1.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="227">
+  <cs:axisTitle>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:axisTitle>
+  <cs:categoryAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:categoryAxis>
+  <cs:chartArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="bg1"/>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:chartArea>
+  <cs:dataLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="75000"/>
+        <a:lumOff val="25000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataLabel>
+  <cs:dataLabelCallout>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln>
+        <a:solidFill>
+          <a:schemeClr val="dk1">
+            <a:lumMod val="25000"/>
+            <a:lumOff val="75000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+    <cs:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="36576" tIns="18288" rIns="36576" bIns="18288" anchor="ctr" anchorCtr="1">
+      <a:spAutoFit/>
+    </cs:bodyPr>
+  </cs:dataLabelCallout>
+  <cs:dataPoint>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="phClr"/>
+      </a:solidFill>
+    </cs:spPr>
+  </cs:dataPoint>
+  <cs:dataPoint3D>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="phClr"/>
+      </a:solidFill>
+    </cs:spPr>
+  </cs:dataPoint3D>
+  <cs:dataPointLine>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="28575" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointLine>
+  <cs:dataPointMarker>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="phClr"/>
+      </a:solidFill>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointMarker>
+  <cs:dataPointMarkerLayout symbol="circle" size="5"/>
+  <cs:dataPointWireframe>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointWireframe>
+  <cs:dataTable>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataTable>
+  <cs:downBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="dk1">
+          <a:lumMod val="65000"/>
+          <a:lumOff val="35000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:downBar>
+  <cs:dropLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dropLine>
+  <cs:errorBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:errorBar>
+  <cs:floor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:floor>
+  <cs:gridlineMajor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMajor>
+  <cs:gridlineMinor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="5000"/>
+            <a:lumOff val="95000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMinor>
+  <cs:hiLoLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="75000"/>
+            <a:lumOff val="25000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:hiLoLine>
+  <cs:leaderLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:leaderLine>
+  <cs:legend>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:legend>
+  <cs:plotArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea>
+  <cs:plotArea3D mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea3D>
+  <cs:seriesAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:seriesAxis>
+  <cs:seriesLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:seriesLine>
+  <cs:title>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1400" b="0" kern="1200" spc="0" baseline="0"/>
+  </cs:title>
+  <cs:trendline>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="19050" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:prstDash val="sysDot"/>
+      </a:ln>
+    </cs:spPr>
+  </cs:trendline>
+  <cs:trendlineLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:trendlineLabel>
+  <cs:upBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:upBar>
+  <cs:valueAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:valueAxis>
+  <cs:wall>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:wall>
+</cs:chartStyle>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>165100</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>136525</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>590550</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>117475</xdr:rowOff>
+    </xdr:to>
+    <xdr:graphicFrame macro="">
+      <xdr:nvGraphicFramePr>
+        <xdr:cNvPr id="2" name="Grafik 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{01285AFB-275B-7941-A4EF-5B3BECE31BE6}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGraphicFramePr/>
+      </xdr:nvGraphicFramePr>
+      <xdr:xfrm>
+        <a:off x="0" y="0"/>
+        <a:ext cx="0" cy="0"/>
+      </xdr:xfrm>
+      <a:graphic>
+        <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+          <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
+        </a:graphicData>
+      </a:graphic>
+    </xdr:graphicFrame>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/pivotCache/_rels/pivotCacheDefinition1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="pivotCacheRecords1.xml"/></Relationships>
+</file>
+
+<file path=xl/pivotCache/_rels/pivotCacheDefinition2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="pivotCacheRecords2.xml"/></Relationships>
+</file>
+
+<file path=xl/pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
+<pivotCacheDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" r:id="rId1" refreshedBy="ercument" refreshedDate="45994.50455046296" createdVersion="8" refreshedVersion="8" minRefreshableVersion="3" recordCount="500" xr:uid="{1E258315-AC0E-4D07-B63C-DD2C651C5D69}">
+  <cacheSource type="worksheet">
+    <worksheetSource ref="A1:I501" sheet="dataset"/>
+  </cacheSource>
+  <cacheFields count="9">
+    <cacheField name="Transaction ID" numFmtId="0">
+      <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="1" maxValue="500"/>
+    </cacheField>
+    <cacheField name="Date" numFmtId="164">
+      <sharedItems containsSemiMixedTypes="0" containsNonDate="0" containsDate="1" containsString="0" minDate="2023-01-01T00:00:00" maxDate="2024-12-29T00:00:00"/>
+    </cacheField>
+    <cacheField name="Region" numFmtId="0">
+      <sharedItems count="4">
+        <s v="West"/>
+        <s v="East"/>
+        <s v="South"/>
+        <s v="North"/>
+      </sharedItems>
+    </cacheField>
+    <cacheField name="Product" numFmtId="0">
+      <sharedItems count="3">
+        <s v="Product B"/>
+        <s v="Product A"/>
+        <s v="Product C"/>
+      </sharedItems>
+    </cacheField>
+    <cacheField name="Department" numFmtId="0">
+      <sharedItems/>
+    </cacheField>
+    <cacheField name="Category" numFmtId="0">
+      <sharedItems/>
+    </cacheField>
+    <cacheField name="Statement" numFmtId="0">
+      <sharedItems/>
+    </cacheField>
+    <cacheField name="Statement Line Item" numFmtId="0">
+      <sharedItems/>
+    </cacheField>
+    <cacheField name="Amount" numFmtId="0">
+      <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="1030.75" maxValue="9913.43"/>
+    </cacheField>
+  </cacheFields>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{725AE2AE-9491-48be-B2B4-4EB974FC3084}">
+      <x14:pivotCacheDefinition/>
+    </ext>
+  </extLst>
+</pivotCacheDefinition>
+</file>
+
+<file path=xl/pivotCache/pivotCacheDefinition2.xml><?xml version="1.0" encoding="utf-8"?>
+<pivotCacheDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" r:id="rId1" refreshedBy="ercument" refreshedDate="45994.504766319442" createdVersion="8" refreshedVersion="8" minRefreshableVersion="3" recordCount="501" xr:uid="{AEA89388-E7AD-465A-88D8-D08B04EB4819}">
+  <cacheSource type="worksheet">
+    <worksheetSource ref="A1:I1048576" sheet="dataset"/>
+  </cacheSource>
+  <cacheFields count="12">
+    <cacheField name="Transaction ID" numFmtId="0">
+      <sharedItems containsString="0" containsBlank="1" containsNumber="1" containsInteger="1" minValue="1" maxValue="500"/>
+    </cacheField>
+    <cacheField name="Date" numFmtId="0">
+      <sharedItems containsNonDate="0" containsDate="1" containsString="0" containsBlank="1" minDate="2023-01-01T00:00:00" maxDate="2024-12-29T00:00:00" count="355">
+        <d v="2023-06-06T00:00:00"/>
+        <d v="2024-12-16T00:00:00"/>
+        <d v="2023-01-03T00:00:00"/>
+        <d v="2024-11-13T00:00:00"/>
+        <d v="2024-03-28T00:00:00"/>
+        <d v="2023-05-21T00:00:00"/>
+        <d v="2023-08-20T00:00:00"/>
+        <d v="2024-12-03T00:00:00"/>
+        <d v="2023-07-21T00:00:00"/>
+        <d v="2024-03-16T00:00:00"/>
+        <d v="2023-12-06T00:00:00"/>
+        <d v="2023-09-16T00:00:00"/>
+        <d v="2024-02-19T00:00:00"/>
+        <d v="2023-05-15T00:00:00"/>
+        <d v="2024-02-28T00:00:00"/>
+        <d v="2023-04-27T00:00:00"/>
+        <d v="2024-06-23T00:00:00"/>
+        <d v="2023-03-26T00:00:00"/>
+        <d v="2023-06-25T00:00:00"/>
+        <d v="2024-12-21T00:00:00"/>
+        <d v="2024-06-15T00:00:00"/>
+        <d v="2023-11-10T00:00:00"/>
+        <d v="2023-11-09T00:00:00"/>
+        <d v="2023-08-14T00:00:00"/>
+        <d v="2024-03-17T00:00:00"/>
+        <d v="2024-04-27T00:00:00"/>
+        <d v="2023-08-06T00:00:00"/>
+        <d v="2024-10-17T00:00:00"/>
+        <d v="2023-12-23T00:00:00"/>
+        <d v="2023-12-12T00:00:00"/>
+        <d v="2024-04-17T00:00:00"/>
+        <d v="2024-01-07T00:00:00"/>
+        <d v="2023-08-27T00:00:00"/>
+        <d v="2023-10-14T00:00:00"/>
+        <d v="2023-07-11T00:00:00"/>
+        <d v="2024-03-21T00:00:00"/>
+        <d v="2024-02-17T00:00:00"/>
+        <d v="2024-07-07T00:00:00"/>
+        <d v="2024-04-20T00:00:00"/>
+        <d v="2024-05-13T00:00:00"/>
+        <d v="2023-03-25T00:00:00"/>
+        <d v="2024-05-01T00:00:00"/>
+        <d v="2023-11-11T00:00:00"/>
+        <d v="2024-10-14T00:00:00"/>
+        <d v="2023-02-08T00:00:00"/>
+        <d v="2024-07-15T00:00:00"/>
+        <d v="2023-03-22T00:00:00"/>
+        <d v="2024-12-07T00:00:00"/>
+        <d v="2023-12-25T00:00:00"/>
+        <d v="2023-05-17T00:00:00"/>
+        <d v="2023-12-17T00:00:00"/>
+        <d v="2023-11-23T00:00:00"/>
+        <d v="2023-11-02T00:00:00"/>
+        <d v="2023-10-01T00:00:00"/>
+        <d v="2024-12-23T00:00:00"/>
+        <d v="2023-01-14T00:00:00"/>
+        <d v="2024-09-24T00:00:00"/>
+        <d v="2024-09-21T00:00:00"/>
+        <d v="2023-04-05T00:00:00"/>
+        <d v="2023-07-15T00:00:00"/>
+        <d v="2023-10-22T00:00:00"/>
+        <d v="2023-02-04T00:00:00"/>
+        <d v="2023-06-08T00:00:00"/>
+        <d v="2023-03-08T00:00:00"/>
+        <d v="2024-05-28T00:00:00"/>
+        <d v="2023-04-01T00:00:00"/>
+        <d v="2023-09-07T00:00:00"/>
+        <d v="2024-12-02T00:00:00"/>
+        <d v="2024-03-06T00:00:00"/>
+        <d v="2024-02-18T00:00:00"/>
+        <d v="2024-06-26T00:00:00"/>
+        <d v="2024-12-17T00:00:00"/>
+        <d v="2024-11-20T00:00:00"/>
+        <d v="2024-10-01T00:00:00"/>
+        <d v="2024-03-07T00:00:00"/>
+        <d v="2023-09-15T00:00:00"/>
+        <d v="2023-01-17T00:00:00"/>
+        <d v="2024-06-02T00:00:00"/>
+        <d v="2023-06-18T00:00:00"/>
+        <d v="2024-12-04T00:00:00"/>
+        <d v="2024-01-19T00:00:00"/>
+        <d v="2023-10-10T00:00:00"/>
+        <d v="2024-05-25T00:00:00"/>
+        <d v="2024-01-01T00:00:00"/>
+        <d v="2024-04-19T00:00:00"/>
+        <d v="2024-08-01T00:00:00"/>
+        <d v="2023-07-04T00:00:00"/>
+        <d v="2023-09-10T00:00:00"/>
+        <d v="2024-07-11T00:00:00"/>
+        <d v="2024-10-19T00:00:00"/>
+        <d v="2023-03-07T00:00:00"/>
+        <d v="2024-12-12T00:00:00"/>
+        <d v="2024-12-08T00:00:00"/>
+        <d v="2024-11-21T00:00:00"/>
+        <d v="2024-07-14T00:00:00"/>
+        <d v="2024-03-13T00:00:00"/>
+        <d v="2023-11-08T00:00:00"/>
+        <d v="2024-11-15T00:00:00"/>
+        <d v="2024-11-07T00:00:00"/>
+        <d v="2023-12-22T00:00:00"/>
+        <d v="2024-11-08T00:00:00"/>
+        <d v="2023-09-19T00:00:00"/>
+        <d v="2023-10-02T00:00:00"/>
+        <d v="2024-12-26T00:00:00"/>
+        <d v="2023-09-03T00:00:00"/>
+        <d v="2024-04-14T00:00:00"/>
+        <d v="2023-08-19T00:00:00"/>
+        <d v="2023-04-23T00:00:00"/>
+        <d v="2023-12-09T00:00:00"/>
+        <d v="2023-01-01T00:00:00"/>
+        <d v="2024-11-05T00:00:00"/>
+        <d v="2023-05-07T00:00:00"/>
+        <d v="2023-12-01T00:00:00"/>
+        <d v="2024-03-04T00:00:00"/>
+        <d v="2023-07-19T00:00:00"/>
+        <d v="2023-03-12T00:00:00"/>
+        <d v="2023-12-28T00:00:00"/>
+        <d v="2024-08-24T00:00:00"/>
+        <d v="2023-09-28T00:00:00"/>
+        <d v="2023-02-07T00:00:00"/>
+        <d v="2023-11-15T00:00:00"/>
+        <d v="2023-07-10T00:00:00"/>
+        <d v="2023-11-24T00:00:00"/>
+        <d v="2024-12-25T00:00:00"/>
+        <d v="2023-07-23T00:00:00"/>
+        <d v="2024-08-12T00:00:00"/>
+        <d v="2023-06-20T00:00:00"/>
+        <d v="2024-08-04T00:00:00"/>
+        <d v="2023-10-24T00:00:00"/>
+        <d v="2023-11-05T00:00:00"/>
+        <d v="2023-05-05T00:00:00"/>
+        <d v="2024-03-10T00:00:00"/>
+        <d v="2023-06-07T00:00:00"/>
+        <d v="2023-10-03T00:00:00"/>
+        <d v="2024-11-24T00:00:00"/>
+        <d v="2023-05-28T00:00:00"/>
+        <d v="2024-10-28T00:00:00"/>
+        <d v="2023-12-07T00:00:00"/>
+        <d v="2023-06-02T00:00:00"/>
+        <d v="2023-04-14T00:00:00"/>
+        <d v="2024-11-26T00:00:00"/>
+        <d v="2023-01-08T00:00:00"/>
+        <d v="2023-01-25T00:00:00"/>
+        <d v="2023-10-16T00:00:00"/>
+        <d v="2023-02-26T00:00:00"/>
+        <d v="2023-01-12T00:00:00"/>
+        <d v="2024-06-04T00:00:00"/>
+        <d v="2024-09-22T00:00:00"/>
+        <d v="2024-02-22T00:00:00"/>
+        <d v="2023-11-17T00:00:00"/>
+        <d v="2023-10-12T00:00:00"/>
+        <d v="2023-02-28T00:00:00"/>
+        <d v="2024-08-13T00:00:00"/>
+        <d v="2024-09-16T00:00:00"/>
+        <d v="2023-09-01T00:00:00"/>
+        <d v="2024-09-06T00:00:00"/>
+        <d v="2024-01-16T00:00:00"/>
+        <d v="2023-03-18T00:00:00"/>
+        <d v="2023-07-25T00:00:00"/>
+        <d v="2023-04-13T00:00:00"/>
+        <d v="2024-05-12T00:00:00"/>
+        <d v="2024-09-11T00:00:00"/>
+        <d v="2024-10-24T00:00:00"/>
+        <d v="2024-12-18T00:00:00"/>
+        <d v="2023-02-01T00:00:00"/>
+        <d v="2024-06-06T00:00:00"/>
+        <d v="2023-04-02T00:00:00"/>
+        <d v="2024-04-15T00:00:00"/>
+        <d v="2024-01-11T00:00:00"/>
+        <d v="2023-03-11T00:00:00"/>
+        <d v="2024-07-01T00:00:00"/>
+        <d v="2024-01-24T00:00:00"/>
+        <d v="2024-12-28T00:00:00"/>
+        <d v="2024-11-01T00:00:00"/>
+        <d v="2024-06-14T00:00:00"/>
+        <d v="2023-08-05T00:00:00"/>
+        <d v="2023-06-24T00:00:00"/>
+        <d v="2023-02-05T00:00:00"/>
+        <d v="2023-04-26T00:00:00"/>
+        <d v="2023-04-18T00:00:00"/>
+        <d v="2024-08-15T00:00:00"/>
+        <d v="2024-07-18T00:00:00"/>
+        <d v="2024-08-19T00:00:00"/>
+        <d v="2024-09-03T00:00:00"/>
+        <d v="2024-03-08T00:00:00"/>
+        <d v="2023-08-23T00:00:00"/>
+        <d v="2023-07-12T00:00:00"/>
+        <d v="2023-10-15T00:00:00"/>
+        <d v="2024-01-23T00:00:00"/>
+        <d v="2023-08-15T00:00:00"/>
+        <d v="2024-05-06T00:00:00"/>
+        <d v="2023-08-04T00:00:00"/>
+        <d v="2023-03-04T00:00:00"/>
+        <d v="2023-01-07T00:00:00"/>
+        <d v="2024-04-16T00:00:00"/>
+        <d v="2024-10-03T00:00:00"/>
+        <d v="2024-10-20T00:00:00"/>
+        <d v="2024-05-11T00:00:00"/>
+        <d v="2023-02-12T00:00:00"/>
+        <d v="2023-12-04T00:00:00"/>
+        <d v="2023-07-24T00:00:00"/>
+        <d v="2023-05-14T00:00:00"/>
+        <d v="2024-11-09T00:00:00"/>
+        <d v="2024-10-16T00:00:00"/>
+        <d v="2023-12-16T00:00:00"/>
+        <d v="2024-12-01T00:00:00"/>
+        <d v="2024-07-28T00:00:00"/>
+        <d v="2023-09-17T00:00:00"/>
+        <d v="2023-04-09T00:00:00"/>
+        <d v="2024-12-22T00:00:00"/>
+        <d v="2024-05-10T00:00:00"/>
+        <d v="2024-03-14T00:00:00"/>
+        <d v="2024-07-16T00:00:00"/>
+        <d v="2024-07-21T00:00:00"/>
+        <d v="2024-08-02T00:00:00"/>
+        <d v="2023-08-09T00:00:00"/>
+        <d v="2024-03-22T00:00:00"/>
+        <d v="2023-11-06T00:00:00"/>
+        <d v="2023-12-19T00:00:00"/>
+        <d v="2023-08-26T00:00:00"/>
+        <d v="2024-10-18T00:00:00"/>
+        <d v="2024-05-23T00:00:00"/>
+        <d v="2023-09-13T00:00:00"/>
+        <d v="2023-09-22T00:00:00"/>
+        <d v="2023-06-11T00:00:00"/>
+        <d v="2024-10-23T00:00:00"/>
+        <d v="2023-05-08T00:00:00"/>
+        <d v="2024-12-19T00:00:00"/>
+        <d v="2024-01-10T00:00:00"/>
+        <d v="2024-07-13T00:00:00"/>
+        <d v="2023-01-22T00:00:00"/>
+        <d v="2024-02-06T00:00:00"/>
+        <d v="2024-06-28T00:00:00"/>
+        <d v="2024-09-09T00:00:00"/>
+        <d v="2024-01-26T00:00:00"/>
+        <d v="2023-11-25T00:00:00"/>
+        <d v="2024-10-12T00:00:00"/>
+        <d v="2024-04-22T00:00:00"/>
+        <d v="2024-03-15T00:00:00"/>
+        <d v="2024-06-05T00:00:00"/>
+        <d v="2023-04-20T00:00:00"/>
+        <d v="2023-05-25T00:00:00"/>
+        <d v="2023-02-16T00:00:00"/>
+        <d v="2023-05-22T00:00:00"/>
+        <d v="2024-09-13T00:00:00"/>
+        <d v="2024-09-18T00:00:00"/>
+        <d v="2024-10-27T00:00:00"/>
+        <d v="2024-09-05T00:00:00"/>
+        <d v="2024-02-13T00:00:00"/>
+        <d v="2023-12-13T00:00:00"/>
+        <d v="2024-05-09T00:00:00"/>
+        <d v="2023-09-20T00:00:00"/>
+        <d v="2024-05-27T00:00:00"/>
+        <d v="2023-10-07T00:00:00"/>
+        <d v="2023-08-07T00:00:00"/>
+        <d v="2024-07-20T00:00:00"/>
+        <d v="2023-10-06T00:00:00"/>
+        <d v="2023-11-03T00:00:00"/>
+        <d v="2024-02-20T00:00:00"/>
+        <d v="2024-11-16T00:00:00"/>
+        <d v="2023-11-22T00:00:00"/>
+        <d v="2023-10-08T00:00:00"/>
+        <d v="2024-06-18T00:00:00"/>
+        <d v="2024-09-25T00:00:00"/>
+        <d v="2024-09-20T00:00:00"/>
+        <d v="2024-04-01T00:00:00"/>
+        <d v="2023-10-17T00:00:00"/>
+        <d v="2023-03-20T00:00:00"/>
+        <d v="2023-02-23T00:00:00"/>
+        <d v="2024-10-04T00:00:00"/>
+        <d v="2024-02-08T00:00:00"/>
+        <d v="2023-01-20T00:00:00"/>
+        <d v="2023-08-18T00:00:00"/>
+        <d v="2024-07-22T00:00:00"/>
+        <d v="2023-02-03T00:00:00"/>
+        <d v="2023-10-13T00:00:00"/>
+        <d v="2024-10-25T00:00:00"/>
+        <d v="2023-04-28T00:00:00"/>
+        <d v="2023-03-28T00:00:00"/>
+        <d v="2024-04-04T00:00:00"/>
+        <d v="2024-02-04T00:00:00"/>
+        <d v="2024-03-02T00:00:00"/>
+        <d v="2024-08-03T00:00:00"/>
+        <d v="2023-04-24T00:00:00"/>
+        <d v="2023-03-23T00:00:00"/>
+        <d v="2023-11-26T00:00:00"/>
+        <d v="2024-06-07T00:00:00"/>
+        <d v="2023-02-24T00:00:00"/>
+        <d v="2023-09-09T00:00:00"/>
+        <d v="2024-11-22T00:00:00"/>
+        <d v="2023-04-03T00:00:00"/>
+        <d v="2023-04-15T00:00:00"/>
+        <d v="2024-11-27T00:00:00"/>
+        <d v="2024-06-10T00:00:00"/>
+        <d v="2024-03-11T00:00:00"/>
+        <d v="2024-11-11T00:00:00"/>
+        <d v="2023-08-21T00:00:00"/>
+        <d v="2024-07-05T00:00:00"/>
+        <d v="2023-04-19T00:00:00"/>
+        <d v="2023-03-24T00:00:00"/>
+        <d v="2023-05-11T00:00:00"/>
+        <d v="2024-03-26T00:00:00"/>
+        <d v="2024-08-22T00:00:00"/>
+        <d v="2023-09-02T00:00:00"/>
+        <d v="2024-03-01T00:00:00"/>
+        <d v="2024-02-02T00:00:00"/>
+        <d v="2023-06-28T00:00:00"/>
+        <d v="2024-09-08T00:00:00"/>
+        <d v="2024-09-23T00:00:00"/>
+        <d v="2023-05-18T00:00:00"/>
+        <d v="2024-11-10T00:00:00"/>
+        <d v="2023-08-17T00:00:00"/>
+        <d v="2023-06-03T00:00:00"/>
+        <d v="2023-07-03T00:00:00"/>
+        <d v="2024-07-23T00:00:00"/>
+        <d v="2024-03-20T00:00:00"/>
+        <d v="2023-09-04T00:00:00"/>
+        <d v="2023-09-27T00:00:00"/>
+        <d v="2023-08-22T00:00:00"/>
+        <d v="2023-05-03T00:00:00"/>
+        <d v="2023-05-19T00:00:00"/>
+        <d v="2023-10-04T00:00:00"/>
+        <d v="2024-04-25T00:00:00"/>
+        <d v="2023-01-21T00:00:00"/>
+        <d v="2023-06-15T00:00:00"/>
+        <d v="2024-10-10T00:00:00"/>
+        <d v="2023-03-10T00:00:00"/>
+        <d v="2023-02-21T00:00:00"/>
+        <d v="2023-06-16T00:00:00"/>
+        <d v="2024-05-08T00:00:00"/>
+        <d v="2023-08-24T00:00:00"/>
+        <d v="2024-01-22T00:00:00"/>
+        <d v="2024-08-08T00:00:00"/>
+        <d v="2023-07-01T00:00:00"/>
+        <d v="2024-05-07T00:00:00"/>
+        <d v="2024-03-27T00:00:00"/>
+        <d v="2023-11-28T00:00:00"/>
+        <d v="2024-01-05T00:00:00"/>
+        <d v="2023-07-14T00:00:00"/>
+        <d v="2023-10-23T00:00:00"/>
+        <d v="2023-07-09T00:00:00"/>
+        <d v="2023-03-17T00:00:00"/>
+        <d v="2023-04-10T00:00:00"/>
+        <d v="2024-11-04T00:00:00"/>
+        <d v="2023-06-05T00:00:00"/>
+        <d v="2024-03-25T00:00:00"/>
+        <d v="2024-08-16T00:00:00"/>
+        <d v="2023-03-16T00:00:00"/>
+        <d v="2023-08-28T00:00:00"/>
+        <d v="2024-02-25T00:00:00"/>
+        <d v="2024-04-08T00:00:00"/>
+        <d v="2023-01-11T00:00:00"/>
+        <d v="2023-02-02T00:00:00"/>
+        <d v="2023-03-19T00:00:00"/>
+        <m/>
+      </sharedItems>
+      <fieldGroup par="11"/>
+    </cacheField>
+    <cacheField name="Region" numFmtId="0">
+      <sharedItems containsBlank="1" count="5">
+        <s v="West"/>
+        <s v="East"/>
+        <s v="South"/>
+        <s v="North"/>
+        <m/>
+      </sharedItems>
+    </cacheField>
+    <cacheField name="Product" numFmtId="0">
+      <sharedItems containsBlank="1"/>
+    </cacheField>
+    <cacheField name="Department" numFmtId="0">
+      <sharedItems containsBlank="1"/>
+    </cacheField>
+    <cacheField name="Category" numFmtId="0">
+      <sharedItems containsBlank="1"/>
+    </cacheField>
+    <cacheField name="Statement" numFmtId="0">
+      <sharedItems containsBlank="1"/>
+    </cacheField>
+    <cacheField name="Statement Line Item" numFmtId="0">
+      <sharedItems containsBlank="1"/>
+    </cacheField>
+    <cacheField name="Amount" numFmtId="0">
+      <sharedItems containsString="0" containsBlank="1" containsNumber="1" minValue="1030.75" maxValue="9913.43"/>
+    </cacheField>
+    <cacheField name="Ay (Date)" numFmtId="0" databaseField="0">
+      <fieldGroup base="1">
+        <rangePr groupBy="months" startDate="2023-01-01T00:00:00" endDate="2024-12-29T00:00:00"/>
+        <groupItems count="14">
+          <s v="&lt;1.01.2023"/>
+          <s v="Oca"/>
+          <s v="Şub"/>
+          <s v="Mar"/>
+          <s v="Nis"/>
+          <s v="May"/>
+          <s v="Haz"/>
+          <s v="Tem"/>
+          <s v="Ağu"/>
+          <s v="Eyl"/>
+          <s v="Eki"/>
+          <s v="Kas"/>
+          <s v="Ara"/>
+          <s v="&gt;29.12.2024"/>
+        </groupItems>
+      </fieldGroup>
+    </cacheField>
+    <cacheField name="Üç aylık dönem (Date)" numFmtId="0" databaseField="0">
+      <fieldGroup base="1">
+        <rangePr groupBy="quarters" startDate="2023-01-01T00:00:00" endDate="2024-12-29T00:00:00"/>
+        <groupItems count="6">
+          <s v="&lt;1.01.2023"/>
+          <s v="Çey1"/>
+          <s v="Çey2"/>
+          <s v="Çey3"/>
+          <s v="Çey4"/>
+          <s v="&gt;29.12.2024"/>
+        </groupItems>
+      </fieldGroup>
+    </cacheField>
+    <cacheField name="Yıl (Date)" numFmtId="0" databaseField="0">
+      <fieldGroup base="1">
+        <rangePr groupBy="years" startDate="2023-01-01T00:00:00" endDate="2024-12-29T00:00:00"/>
+        <groupItems count="4">
+          <s v="&lt;1.01.2023"/>
+          <s v="2023"/>
+          <s v="2024"/>
+          <s v="&gt;29.12.2024"/>
+        </groupItems>
+      </fieldGroup>
+    </cacheField>
+  </cacheFields>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{725AE2AE-9491-48be-B2B4-4EB974FC3084}">
+      <x14:pivotCacheDefinition/>
+    </ext>
+  </extLst>
+</pivotCacheDefinition>
+</file>
+
+<file path=xl/pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
+<pivotCacheRecords xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" count="500">
+  <r>
+    <n v="1"/>
+    <d v="2023-06-06T00:00:00"/>
+    <x v="0"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="4499.13"/>
+  </r>
+  <r>
+    <n v="2"/>
+    <d v="2024-12-16T00:00:00"/>
+    <x v="0"/>
+    <x v="0"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="2023.53"/>
+  </r>
+  <r>
+    <n v="3"/>
+    <d v="2023-01-03T00:00:00"/>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="1341.48"/>
+  </r>
+  <r>
+    <n v="4"/>
+    <d v="2024-11-13T00:00:00"/>
+    <x v="0"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="6093.83"/>
+  </r>
+  <r>
+    <n v="5"/>
+    <d v="2024-03-28T00:00:00"/>
+    <x v="2"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="8271.9599999999991"/>
+  </r>
+  <r>
+    <n v="6"/>
+    <d v="2023-05-21T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="6402.4"/>
+  </r>
+  <r>
+    <n v="7"/>
+    <d v="2023-08-20T00:00:00"/>
+    <x v="1"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="3129.96"/>
+  </r>
+  <r>
+    <n v="8"/>
+    <d v="2024-12-03T00:00:00"/>
+    <x v="0"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="8157.29"/>
+  </r>
+  <r>
+    <n v="9"/>
+    <d v="2023-07-21T00:00:00"/>
+    <x v="2"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="1956.32"/>
+  </r>
+  <r>
+    <n v="10"/>
+    <d v="2024-12-03T00:00:00"/>
+    <x v="0"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="3297.58"/>
+  </r>
+  <r>
+    <n v="11"/>
+    <d v="2024-03-16T00:00:00"/>
+    <x v="3"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="4401.25"/>
+  </r>
+  <r>
+    <n v="12"/>
+    <d v="2023-12-06T00:00:00"/>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="7558.21"/>
+  </r>
+  <r>
+    <n v="13"/>
+    <d v="2023-09-16T00:00:00"/>
+    <x v="0"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="4093.73"/>
+  </r>
+  <r>
+    <n v="14"/>
+    <d v="2024-02-19T00:00:00"/>
+    <x v="0"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="1612.84"/>
+  </r>
+  <r>
+    <n v="15"/>
+    <d v="2023-05-15T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="8861.86"/>
+  </r>
+  <r>
+    <n v="16"/>
+    <d v="2024-02-28T00:00:00"/>
+    <x v="1"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="7281.14"/>
+  </r>
+  <r>
+    <n v="17"/>
+    <d v="2023-04-27T00:00:00"/>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="6698.13"/>
+  </r>
+  <r>
+    <n v="18"/>
+    <d v="2024-06-23T00:00:00"/>
+    <x v="0"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="8728.77"/>
+  </r>
+  <r>
+    <n v="19"/>
+    <d v="2023-03-26T00:00:00"/>
+    <x v="2"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="6679.3"/>
+  </r>
+  <r>
+    <n v="20"/>
+    <d v="2023-06-25T00:00:00"/>
+    <x v="2"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="8453.2999999999993"/>
+  </r>
+  <r>
+    <n v="21"/>
+    <d v="2024-12-21T00:00:00"/>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="7268.5"/>
+  </r>
+  <r>
+    <n v="22"/>
+    <d v="2024-06-15T00:00:00"/>
+    <x v="3"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="8465.2800000000007"/>
+  </r>
+  <r>
+    <n v="23"/>
+    <d v="2023-11-10T00:00:00"/>
+    <x v="1"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="9425.76"/>
+  </r>
+  <r>
+    <n v="24"/>
+    <d v="2023-11-09T00:00:00"/>
+    <x v="0"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="5085.0600000000004"/>
+  </r>
+  <r>
+    <n v="25"/>
+    <d v="2023-08-14T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="2939.18"/>
+  </r>
+  <r>
+    <n v="26"/>
+    <d v="2024-03-17T00:00:00"/>
+    <x v="0"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="1898.88"/>
+  </r>
+  <r>
+    <n v="27"/>
+    <d v="2024-04-27T00:00:00"/>
+    <x v="2"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="3512.24"/>
+  </r>
+  <r>
+    <n v="28"/>
+    <d v="2023-08-06T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="7032.82"/>
+  </r>
+  <r>
+    <n v="29"/>
+    <d v="2024-10-17T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="4514.2700000000004"/>
+  </r>
+  <r>
+    <n v="30"/>
+    <d v="2023-12-23T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="2466.71"/>
+  </r>
+  <r>
+    <n v="31"/>
+    <d v="2023-12-12T00:00:00"/>
+    <x v="0"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="7667.9"/>
+  </r>
+  <r>
+    <n v="32"/>
+    <d v="2024-04-17T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="5782.49"/>
+  </r>
+  <r>
+    <n v="33"/>
+    <d v="2024-01-07T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="3342.31"/>
+  </r>
+  <r>
+    <n v="34"/>
+    <d v="2023-08-27T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="3286.58"/>
+  </r>
+  <r>
+    <n v="35"/>
+    <d v="2023-10-14T00:00:00"/>
+    <x v="1"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="4179.55"/>
+  </r>
+  <r>
+    <n v="36"/>
+    <d v="2023-07-11T00:00:00"/>
+    <x v="3"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="8158"/>
+  </r>
+  <r>
+    <n v="37"/>
+    <d v="2024-03-21T00:00:00"/>
+    <x v="3"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="8476.64"/>
+  </r>
+  <r>
+    <n v="38"/>
+    <d v="2024-02-17T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="5147.38"/>
+  </r>
+  <r>
+    <n v="39"/>
+    <d v="2024-07-07T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="1416.15"/>
+  </r>
+  <r>
+    <n v="40"/>
+    <d v="2024-04-20T00:00:00"/>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="1322.69"/>
+  </r>
+  <r>
+    <n v="41"/>
+    <d v="2024-05-13T00:00:00"/>
+    <x v="3"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="5875.96"/>
+  </r>
+  <r>
+    <n v="42"/>
+    <d v="2023-03-25T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="7895.26"/>
+  </r>
+  <r>
+    <n v="43"/>
+    <d v="2024-05-01T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="7845.96"/>
+  </r>
+  <r>
+    <n v="44"/>
+    <d v="2023-11-11T00:00:00"/>
+    <x v="2"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="2163.35"/>
+  </r>
+  <r>
+    <n v="45"/>
+    <d v="2024-10-14T00:00:00"/>
+    <x v="2"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="7930.84"/>
+  </r>
+  <r>
+    <n v="46"/>
+    <d v="2023-02-08T00:00:00"/>
+    <x v="1"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="8665.94"/>
+  </r>
+  <r>
+    <n v="47"/>
+    <d v="2024-01-07T00:00:00"/>
+    <x v="0"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="3108.99"/>
+  </r>
+  <r>
+    <n v="48"/>
+    <d v="2024-07-15T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="4786.42"/>
+  </r>
+  <r>
+    <n v="49"/>
+    <d v="2023-03-22T00:00:00"/>
+    <x v="0"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="9435.86"/>
+  </r>
+  <r>
+    <n v="50"/>
+    <d v="2024-12-07T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="7322.18"/>
+  </r>
+  <r>
+    <n v="51"/>
+    <d v="2023-12-25T00:00:00"/>
+    <x v="1"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="4041.7"/>
+  </r>
+  <r>
+    <n v="52"/>
+    <d v="2023-05-17T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="9252.11"/>
+  </r>
+  <r>
+    <n v="53"/>
+    <d v="2023-12-17T00:00:00"/>
+    <x v="2"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="5069.41"/>
+  </r>
+  <r>
+    <n v="54"/>
+    <d v="2023-11-23T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="6515.66"/>
+  </r>
+  <r>
+    <n v="55"/>
+    <d v="2023-11-02T00:00:00"/>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="3689.2"/>
+  </r>
+  <r>
+    <n v="56"/>
+    <d v="2023-10-01T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="4420.3599999999997"/>
+  </r>
+  <r>
+    <n v="57"/>
+    <d v="2024-12-23T00:00:00"/>
+    <x v="0"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="9788.08"/>
+  </r>
+  <r>
+    <n v="58"/>
+    <d v="2023-01-14T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="5672.15"/>
+  </r>
+  <r>
+    <n v="59"/>
+    <d v="2024-09-24T00:00:00"/>
+    <x v="2"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="5067.8"/>
+  </r>
+  <r>
+    <n v="60"/>
+    <d v="2024-09-21T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="6885.58"/>
+  </r>
+  <r>
+    <n v="61"/>
+    <d v="2023-04-05T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="4697.67"/>
+  </r>
+  <r>
+    <n v="62"/>
+    <d v="2023-07-15T00:00:00"/>
+    <x v="3"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="9520.7199999999993"/>
+  </r>
+  <r>
+    <n v="63"/>
+    <d v="2023-10-22T00:00:00"/>
+    <x v="3"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="6292.4"/>
+  </r>
+  <r>
+    <n v="64"/>
+    <d v="2023-02-04T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="4093.01"/>
+  </r>
+  <r>
+    <n v="65"/>
+    <d v="2023-06-08T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="9303.67"/>
+  </r>
+  <r>
+    <n v="66"/>
+    <d v="2024-07-15T00:00:00"/>
+    <x v="0"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="4812.97"/>
+  </r>
+  <r>
+    <n v="67"/>
+    <d v="2023-03-08T00:00:00"/>
+    <x v="1"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="3155.14"/>
+  </r>
+  <r>
+    <n v="68"/>
+    <d v="2024-05-28T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="7060.54"/>
+  </r>
+  <r>
+    <n v="69"/>
+    <d v="2023-04-01T00:00:00"/>
+    <x v="2"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="2561.96"/>
+  </r>
+  <r>
+    <n v="70"/>
+    <d v="2023-09-07T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="5646.71"/>
+  </r>
+  <r>
+    <n v="71"/>
+    <d v="2024-12-02T00:00:00"/>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="4591.01"/>
+  </r>
+  <r>
+    <n v="72"/>
+    <d v="2024-03-06T00:00:00"/>
+    <x v="2"/>
+    <x v="0"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="9829.2800000000007"/>
+  </r>
+  <r>
+    <n v="73"/>
+    <d v="2024-02-18T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="1934.15"/>
+  </r>
+  <r>
+    <n v="74"/>
+    <d v="2024-06-26T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="5509.96"/>
+  </r>
+  <r>
+    <n v="75"/>
+    <d v="2023-11-23T00:00:00"/>
+    <x v="2"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="2792.4"/>
+  </r>
+  <r>
+    <n v="76"/>
+    <d v="2024-12-07T00:00:00"/>
+    <x v="1"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="4240.6099999999997"/>
+  </r>
+  <r>
+    <n v="77"/>
+    <d v="2024-12-17T00:00:00"/>
+    <x v="0"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="8971.36"/>
+  </r>
+  <r>
+    <n v="78"/>
+    <d v="2024-11-20T00:00:00"/>
+    <x v="0"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="6052.93"/>
+  </r>
+  <r>
+    <n v="79"/>
+    <d v="2024-10-01T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="5370.31"/>
+  </r>
+  <r>
+    <n v="80"/>
+    <d v="2024-03-07T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="1893.84"/>
+  </r>
+  <r>
+    <n v="81"/>
+    <d v="2023-09-15T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="5498.04"/>
+  </r>
+  <r>
+    <n v="82"/>
+    <d v="2023-01-17T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="5023.72"/>
+  </r>
+  <r>
+    <n v="83"/>
+    <d v="2024-06-02T00:00:00"/>
+    <x v="0"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="1890.46"/>
+  </r>
+  <r>
+    <n v="84"/>
+    <d v="2023-06-18T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="4768.6099999999997"/>
+  </r>
+  <r>
+    <n v="85"/>
+    <d v="2024-12-04T00:00:00"/>
+    <x v="2"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="4222.8"/>
+  </r>
+  <r>
+    <n v="86"/>
+    <d v="2024-01-19T00:00:00"/>
+    <x v="0"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="1657.79"/>
+  </r>
+  <r>
+    <n v="87"/>
+    <d v="2023-10-10T00:00:00"/>
+    <x v="0"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="2933.99"/>
+  </r>
+  <r>
+    <n v="88"/>
+    <d v="2024-05-25T00:00:00"/>
+    <x v="2"/>
+    <x v="0"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="4403.3500000000004"/>
+  </r>
+  <r>
+    <n v="89"/>
+    <d v="2024-01-01T00:00:00"/>
+    <x v="1"/>
+    <x v="0"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="8388.98"/>
+  </r>
+  <r>
+    <n v="90"/>
+    <d v="2024-02-17T00:00:00"/>
+    <x v="0"/>
+    <x v="0"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="5473.34"/>
+  </r>
+  <r>
+    <n v="91"/>
+    <d v="2024-04-19T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="6788.83"/>
+  </r>
+  <r>
+    <n v="92"/>
+    <d v="2024-08-01T00:00:00"/>
+    <x v="3"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="3196.79"/>
+  </r>
+  <r>
+    <n v="93"/>
+    <d v="2023-07-04T00:00:00"/>
+    <x v="2"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="4982.41"/>
+  </r>
+  <r>
+    <n v="94"/>
+    <d v="2023-10-10T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="3752.08"/>
+  </r>
+  <r>
+    <n v="95"/>
+    <d v="2023-09-10T00:00:00"/>
+    <x v="1"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="5613.9"/>
+  </r>
+  <r>
+    <n v="96"/>
+    <d v="2024-07-11T00:00:00"/>
+    <x v="2"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="1504.27"/>
+  </r>
+  <r>
+    <n v="97"/>
+    <d v="2024-10-19T00:00:00"/>
+    <x v="3"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="6127.37"/>
+  </r>
+  <r>
+    <n v="98"/>
+    <d v="2023-03-07T00:00:00"/>
+    <x v="2"/>
+    <x v="0"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="4062.32"/>
+  </r>
+  <r>
+    <n v="99"/>
+    <d v="2024-12-12T00:00:00"/>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="7197.78"/>
+  </r>
+  <r>
+    <n v="100"/>
+    <d v="2024-12-08T00:00:00"/>
+    <x v="2"/>
+    <x v="0"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="3167.93"/>
+  </r>
+  <r>
+    <n v="101"/>
+    <d v="2024-11-21T00:00:00"/>
+    <x v="2"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="6912.75"/>
+  </r>
+  <r>
+    <n v="102"/>
+    <d v="2024-07-14T00:00:00"/>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="3070.21"/>
+  </r>
+  <r>
+    <n v="103"/>
+    <d v="2024-03-13T00:00:00"/>
+    <x v="2"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="6297.36"/>
+  </r>
+  <r>
+    <n v="104"/>
+    <d v="2023-11-08T00:00:00"/>
+    <x v="2"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="6274.41"/>
+  </r>
+  <r>
+    <n v="105"/>
+    <d v="2024-11-15T00:00:00"/>
+    <x v="3"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="2165.2399999999998"/>
+  </r>
+  <r>
+    <n v="106"/>
+    <d v="2024-11-07T00:00:00"/>
+    <x v="1"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="7090.96"/>
+  </r>
+  <r>
+    <n v="107"/>
+    <d v="2023-12-22T00:00:00"/>
+    <x v="2"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="6271.22"/>
+  </r>
+  <r>
+    <n v="108"/>
+    <d v="2024-11-08T00:00:00"/>
+    <x v="2"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="8078.41"/>
+  </r>
+  <r>
+    <n v="109"/>
+    <d v="2023-09-19T00:00:00"/>
+    <x v="0"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="5884.81"/>
+  </r>
+  <r>
+    <n v="110"/>
+    <d v="2023-10-02T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="8298.44"/>
+  </r>
+  <r>
+    <n v="111"/>
+    <d v="2024-12-26T00:00:00"/>
+    <x v="2"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="8307.75"/>
+  </r>
+  <r>
+    <n v="112"/>
+    <d v="2023-09-03T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="7108.14"/>
+  </r>
+  <r>
+    <n v="113"/>
+    <d v="2023-03-22T00:00:00"/>
+    <x v="2"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="9175.43"/>
+  </r>
+  <r>
+    <n v="114"/>
+    <d v="2024-04-14T00:00:00"/>
+    <x v="0"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="4953.46"/>
+  </r>
+  <r>
+    <n v="115"/>
+    <d v="2023-08-19T00:00:00"/>
+    <x v="2"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="8551.59"/>
+  </r>
+  <r>
+    <n v="116"/>
+    <d v="2023-04-23T00:00:00"/>
+    <x v="0"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="6856.2"/>
+  </r>
+  <r>
+    <n v="117"/>
+    <d v="2023-12-09T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="4001.38"/>
+  </r>
+  <r>
+    <n v="118"/>
+    <d v="2023-01-01T00:00:00"/>
+    <x v="0"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="8219.26"/>
+  </r>
+  <r>
+    <n v="119"/>
+    <d v="2024-11-05T00:00:00"/>
+    <x v="0"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="4244.0600000000004"/>
+  </r>
+  <r>
+    <n v="120"/>
+    <d v="2024-03-13T00:00:00"/>
+    <x v="0"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="1382.24"/>
+  </r>
+  <r>
+    <n v="121"/>
+    <d v="2023-05-07T00:00:00"/>
+    <x v="2"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="6849.38"/>
+  </r>
+  <r>
+    <n v="122"/>
+    <d v="2023-09-19T00:00:00"/>
+    <x v="0"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="5127.8999999999996"/>
+  </r>
+  <r>
+    <n v="123"/>
+    <d v="2024-01-07T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="5511"/>
+  </r>
+  <r>
+    <n v="124"/>
+    <d v="2023-12-01T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="5429.84"/>
+  </r>
+  <r>
+    <n v="125"/>
+    <d v="2024-03-04T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="4112.51"/>
+  </r>
+  <r>
+    <n v="126"/>
+    <d v="2023-07-19T00:00:00"/>
+    <x v="0"/>
+    <x v="0"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="2447.6999999999998"/>
+  </r>
+  <r>
+    <n v="127"/>
+    <d v="2023-03-12T00:00:00"/>
+    <x v="2"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="5748.15"/>
+  </r>
+  <r>
+    <n v="128"/>
+    <d v="2023-12-28T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="3068.45"/>
+  </r>
+  <r>
+    <n v="129"/>
+    <d v="2024-11-20T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="1815.95"/>
+  </r>
+  <r>
+    <n v="130"/>
+    <d v="2024-08-24T00:00:00"/>
+    <x v="2"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="1667.92"/>
+  </r>
+  <r>
+    <n v="131"/>
+    <d v="2023-09-28T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="8572.8799999999992"/>
+  </r>
+  <r>
+    <n v="132"/>
+    <d v="2023-11-08T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="5465.24"/>
+  </r>
+  <r>
+    <n v="133"/>
+    <d v="2023-02-07T00:00:00"/>
+    <x v="2"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="6955.46"/>
+  </r>
+  <r>
+    <n v="134"/>
+    <d v="2023-11-15T00:00:00"/>
+    <x v="0"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="3655.09"/>
+  </r>
+  <r>
+    <n v="135"/>
+    <d v="2023-07-10T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="5868.25"/>
+  </r>
+  <r>
+    <n v="136"/>
+    <d v="2023-11-24T00:00:00"/>
+    <x v="1"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="7546.91"/>
+  </r>
+  <r>
+    <n v="137"/>
+    <d v="2023-11-10T00:00:00"/>
+    <x v="0"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="9010.1"/>
+  </r>
+  <r>
+    <n v="138"/>
+    <d v="2023-08-19T00:00:00"/>
+    <x v="2"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="7848.86"/>
+  </r>
+  <r>
+    <n v="139"/>
+    <d v="2024-12-25T00:00:00"/>
+    <x v="0"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="1857.04"/>
+  </r>
+  <r>
+    <n v="140"/>
+    <d v="2023-07-23T00:00:00"/>
+    <x v="2"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="4191.3"/>
+  </r>
+  <r>
+    <n v="141"/>
+    <d v="2024-08-12T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="9505.08"/>
+  </r>
+  <r>
+    <n v="142"/>
+    <d v="2023-06-20T00:00:00"/>
+    <x v="2"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="3440.39"/>
+  </r>
+  <r>
+    <n v="143"/>
+    <d v="2024-08-04T00:00:00"/>
+    <x v="0"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="4651.3"/>
+  </r>
+  <r>
+    <n v="144"/>
+    <d v="2023-10-24T00:00:00"/>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="4484.3500000000004"/>
+  </r>
+  <r>
+    <n v="145"/>
+    <d v="2023-11-05T00:00:00"/>
+    <x v="0"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="4869.91"/>
+  </r>
+  <r>
+    <n v="146"/>
+    <d v="2024-12-02T00:00:00"/>
+    <x v="2"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="2332.7800000000002"/>
+  </r>
+  <r>
+    <n v="147"/>
+    <d v="2024-12-07T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="1969.77"/>
+  </r>
+  <r>
+    <n v="148"/>
+    <d v="2023-05-05T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="9787.61"/>
+  </r>
+  <r>
+    <n v="149"/>
+    <d v="2024-03-10T00:00:00"/>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="7056.53"/>
+  </r>
+  <r>
+    <n v="150"/>
+    <d v="2023-06-07T00:00:00"/>
+    <x v="2"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="2458.85"/>
+  </r>
+  <r>
+    <n v="151"/>
+    <d v="2023-10-03T00:00:00"/>
+    <x v="0"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="2649.11"/>
+  </r>
+  <r>
+    <n v="152"/>
+    <d v="2023-10-02T00:00:00"/>
+    <x v="2"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="8184.92"/>
+  </r>
+  <r>
+    <n v="153"/>
+    <d v="2023-02-08T00:00:00"/>
+    <x v="3"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="2958.48"/>
+  </r>
+  <r>
+    <n v="154"/>
+    <d v="2024-11-24T00:00:00"/>
+    <x v="0"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="6941.52"/>
+  </r>
+  <r>
+    <n v="155"/>
+    <d v="2023-05-28T00:00:00"/>
+    <x v="3"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="3291.11"/>
+  </r>
+  <r>
+    <n v="156"/>
+    <d v="2024-10-28T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="9633"/>
+  </r>
+  <r>
+    <n v="157"/>
+    <d v="2023-12-07T00:00:00"/>
+    <x v="0"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="1130.75"/>
+  </r>
+  <r>
+    <n v="158"/>
+    <d v="2023-06-02T00:00:00"/>
+    <x v="1"/>
+    <x v="0"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="6288.37"/>
+  </r>
+  <r>
+    <n v="159"/>
+    <d v="2023-04-14T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="9706.8700000000008"/>
+  </r>
+  <r>
+    <n v="160"/>
+    <d v="2024-11-26T00:00:00"/>
+    <x v="2"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="8612.6200000000008"/>
+  </r>
+  <r>
+    <n v="161"/>
+    <d v="2023-01-08T00:00:00"/>
+    <x v="3"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="4701"/>
+  </r>
+  <r>
+    <n v="162"/>
+    <d v="2023-01-25T00:00:00"/>
+    <x v="2"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="1101.55"/>
+  </r>
+  <r>
+    <n v="163"/>
+    <d v="2023-10-16T00:00:00"/>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="1113.6500000000001"/>
+  </r>
+  <r>
+    <n v="164"/>
+    <d v="2023-02-26T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="2950.9"/>
+  </r>
+  <r>
+    <n v="165"/>
+    <d v="2023-01-12T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="3028.4"/>
+  </r>
+  <r>
+    <n v="166"/>
+    <d v="2024-04-19T00:00:00"/>
+    <x v="3"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="9821.0499999999993"/>
+  </r>
+  <r>
+    <n v="167"/>
+    <d v="2024-06-04T00:00:00"/>
+    <x v="0"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="7392.01"/>
+  </r>
+  <r>
+    <n v="168"/>
+    <d v="2024-09-22T00:00:00"/>
+    <x v="0"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="9809.41"/>
+  </r>
+  <r>
+    <n v="169"/>
+    <d v="2023-11-09T00:00:00"/>
+    <x v="0"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="7848.27"/>
+  </r>
+  <r>
+    <n v="170"/>
+    <d v="2024-02-22T00:00:00"/>
+    <x v="0"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="2470.15"/>
+  </r>
+  <r>
+    <n v="171"/>
+    <d v="2023-11-17T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="9046.84"/>
+  </r>
+  <r>
+    <n v="172"/>
+    <d v="2023-10-12T00:00:00"/>
+    <x v="1"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="6839.89"/>
+  </r>
+  <r>
+    <n v="173"/>
+    <d v="2023-02-28T00:00:00"/>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="6364.26"/>
+  </r>
+  <r>
+    <n v="174"/>
+    <d v="2024-11-20T00:00:00"/>
+    <x v="2"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="5659.11"/>
+  </r>
+  <r>
+    <n v="175"/>
+    <d v="2024-08-13T00:00:00"/>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="2884.54"/>
+  </r>
+  <r>
+    <n v="176"/>
+    <d v="2024-09-16T00:00:00"/>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="4265.8999999999996"/>
+  </r>
+  <r>
+    <n v="177"/>
+    <d v="2024-03-04T00:00:00"/>
+    <x v="1"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="2169.34"/>
+  </r>
+  <r>
+    <n v="178"/>
+    <d v="2023-09-01T00:00:00"/>
+    <x v="0"/>
+    <x v="0"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="8378.52"/>
+  </r>
+  <r>
+    <n v="179"/>
+    <d v="2024-09-06T00:00:00"/>
+    <x v="0"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="6544.66"/>
+  </r>
+  <r>
+    <n v="180"/>
+    <d v="2024-01-16T00:00:00"/>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="6468.49"/>
+  </r>
+  <r>
+    <n v="181"/>
+    <d v="2023-03-18T00:00:00"/>
+    <x v="3"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="8314.48"/>
+  </r>
+  <r>
+    <n v="182"/>
+    <d v="2023-07-25T00:00:00"/>
+    <x v="2"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="8640.7800000000007"/>
+  </r>
+  <r>
+    <n v="183"/>
+    <d v="2023-04-13T00:00:00"/>
+    <x v="2"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="7699.69"/>
+  </r>
+  <r>
+    <n v="184"/>
+    <d v="2024-05-12T00:00:00"/>
+    <x v="0"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="4471.26"/>
+  </r>
+  <r>
+    <n v="185"/>
+    <d v="2024-09-11T00:00:00"/>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="4633.99"/>
+  </r>
+  <r>
+    <n v="186"/>
+    <d v="2024-10-24T00:00:00"/>
+    <x v="2"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="3051.96"/>
+  </r>
+  <r>
+    <n v="187"/>
+    <d v="2024-12-18T00:00:00"/>
+    <x v="2"/>
+    <x v="0"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="6111.23"/>
+  </r>
+  <r>
+    <n v="188"/>
+    <d v="2023-09-19T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="8150.61"/>
+  </r>
+  <r>
+    <n v="189"/>
+    <d v="2023-09-15T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="5939.04"/>
+  </r>
+  <r>
+    <n v="190"/>
+    <d v="2023-02-01T00:00:00"/>
+    <x v="2"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="8995.02"/>
+  </r>
+  <r>
+    <n v="191"/>
+    <d v="2024-06-06T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="9532.48"/>
+  </r>
+  <r>
+    <n v="192"/>
+    <d v="2023-04-02T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="5027.96"/>
+  </r>
+  <r>
+    <n v="193"/>
+    <d v="2024-04-15T00:00:00"/>
+    <x v="0"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="3456.11"/>
+  </r>
+  <r>
+    <n v="194"/>
+    <d v="2024-01-11T00:00:00"/>
+    <x v="3"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="2110.5"/>
+  </r>
+  <r>
+    <n v="195"/>
+    <d v="2023-03-11T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="6678.33"/>
+  </r>
+  <r>
+    <n v="196"/>
+    <d v="2024-05-01T00:00:00"/>
+    <x v="0"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="2168.64"/>
+  </r>
+  <r>
+    <n v="197"/>
+    <d v="2024-07-01T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="3416.56"/>
+  </r>
+  <r>
+    <n v="198"/>
+    <d v="2024-01-24T00:00:00"/>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="4286.25"/>
+  </r>
+  <r>
+    <n v="199"/>
+    <d v="2024-12-28T00:00:00"/>
+    <x v="0"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="5497.91"/>
+  </r>
+  <r>
+    <n v="200"/>
+    <d v="2024-11-01T00:00:00"/>
+    <x v="3"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="5354.48"/>
+  </r>
+  <r>
+    <n v="201"/>
+    <d v="2024-05-01T00:00:00"/>
+    <x v="0"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="5260.36"/>
+  </r>
+  <r>
+    <n v="202"/>
+    <d v="2023-03-18T00:00:00"/>
+    <x v="0"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="5036.47"/>
+  </r>
+  <r>
+    <n v="203"/>
+    <d v="2024-06-14T00:00:00"/>
+    <x v="2"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="5919.09"/>
+  </r>
+  <r>
+    <n v="204"/>
+    <d v="2023-08-05T00:00:00"/>
+    <x v="2"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="7347.79"/>
+  </r>
+  <r>
+    <n v="205"/>
+    <d v="2024-06-15T00:00:00"/>
+    <x v="0"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="6900.46"/>
+  </r>
+  <r>
+    <n v="206"/>
+    <d v="2023-06-24T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="1744.73"/>
+  </r>
+  <r>
+    <n v="207"/>
+    <d v="2023-02-05T00:00:00"/>
+    <x v="1"/>
+    <x v="0"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="7988.98"/>
+  </r>
+  <r>
+    <n v="208"/>
+    <d v="2023-04-26T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="7470.24"/>
+  </r>
+  <r>
+    <n v="209"/>
+    <d v="2023-04-18T00:00:00"/>
+    <x v="3"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="3789.45"/>
+  </r>
+  <r>
+    <n v="210"/>
+    <d v="2024-08-15T00:00:00"/>
+    <x v="0"/>
+    <x v="0"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="7372.29"/>
+  </r>
+  <r>
+    <n v="211"/>
+    <d v="2024-07-18T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="8005.21"/>
+  </r>
+  <r>
+    <n v="212"/>
+    <d v="2024-08-19T00:00:00"/>
+    <x v="3"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="4297.0600000000004"/>
+  </r>
+  <r>
+    <n v="213"/>
+    <d v="2024-09-03T00:00:00"/>
+    <x v="3"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="4766.38"/>
+  </r>
+  <r>
+    <n v="214"/>
+    <d v="2024-03-08T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="1558.84"/>
+  </r>
+  <r>
+    <n v="215"/>
+    <d v="2024-10-28T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="1707.95"/>
+  </r>
+  <r>
+    <n v="216"/>
+    <d v="2023-08-23T00:00:00"/>
+    <x v="2"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="2311.48"/>
+  </r>
+  <r>
+    <n v="217"/>
+    <d v="2023-07-12T00:00:00"/>
+    <x v="3"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="3858.81"/>
+  </r>
+  <r>
+    <n v="218"/>
+    <d v="2023-10-15T00:00:00"/>
+    <x v="0"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="7105.01"/>
+  </r>
+  <r>
+    <n v="219"/>
+    <d v="2024-01-23T00:00:00"/>
+    <x v="3"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="1812.11"/>
+  </r>
+  <r>
+    <n v="220"/>
+    <d v="2023-08-15T00:00:00"/>
+    <x v="3"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="3225.39"/>
+  </r>
+  <r>
+    <n v="221"/>
+    <d v="2024-05-06T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="6881.15"/>
+  </r>
+  <r>
+    <n v="222"/>
+    <d v="2023-08-04T00:00:00"/>
+    <x v="2"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="1665.02"/>
+  </r>
+  <r>
+    <n v="223"/>
+    <d v="2023-10-01T00:00:00"/>
+    <x v="0"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="4390.05"/>
+  </r>
+  <r>
+    <n v="224"/>
+    <d v="2023-03-04T00:00:00"/>
+    <x v="1"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="2099.91"/>
+  </r>
+  <r>
+    <n v="225"/>
+    <d v="2023-01-07T00:00:00"/>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="2104.48"/>
+  </r>
+  <r>
+    <n v="226"/>
+    <d v="2024-10-17T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="7651.24"/>
+  </r>
+  <r>
+    <n v="227"/>
+    <d v="2023-12-23T00:00:00"/>
+    <x v="0"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="6338.45"/>
+  </r>
+  <r>
+    <n v="228"/>
+    <d v="2024-04-16T00:00:00"/>
+    <x v="1"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="5601.38"/>
+  </r>
+  <r>
+    <n v="229"/>
+    <d v="2024-10-03T00:00:00"/>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="2610.65"/>
+  </r>
+  <r>
+    <n v="230"/>
+    <d v="2024-10-20T00:00:00"/>
+    <x v="0"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="3464.4"/>
+  </r>
+  <r>
+    <n v="231"/>
+    <d v="2024-05-11T00:00:00"/>
+    <x v="0"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="5032.13"/>
+  </r>
+  <r>
+    <n v="232"/>
+    <d v="2023-02-12T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="1198.33"/>
+  </r>
+  <r>
+    <n v="233"/>
+    <d v="2023-12-04T00:00:00"/>
+    <x v="0"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="2661.98"/>
+  </r>
+  <r>
+    <n v="234"/>
+    <d v="2023-07-24T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="7273.06"/>
+  </r>
+  <r>
+    <n v="235"/>
+    <d v="2023-05-14T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="7862.2"/>
+  </r>
+  <r>
+    <n v="236"/>
+    <d v="2024-02-28T00:00:00"/>
+    <x v="0"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="3391.59"/>
+  </r>
+  <r>
+    <n v="237"/>
+    <d v="2024-11-09T00:00:00"/>
+    <x v="2"/>
+    <x v="0"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="8628.2900000000009"/>
+  </r>
+  <r>
+    <n v="238"/>
+    <d v="2024-05-11T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="3407.65"/>
+  </r>
+  <r>
+    <n v="239"/>
+    <d v="2024-10-16T00:00:00"/>
+    <x v="0"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="1725.88"/>
+  </r>
+  <r>
+    <n v="240"/>
+    <d v="2023-09-01T00:00:00"/>
+    <x v="2"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="6469.89"/>
+  </r>
+  <r>
+    <n v="241"/>
+    <d v="2023-12-16T00:00:00"/>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="5315.57"/>
+  </r>
+  <r>
+    <n v="242"/>
+    <d v="2024-06-14T00:00:00"/>
+    <x v="0"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="8886.1200000000008"/>
+  </r>
+  <r>
+    <n v="243"/>
+    <d v="2023-07-12T00:00:00"/>
+    <x v="0"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="5288.53"/>
+  </r>
+  <r>
+    <n v="244"/>
+    <d v="2024-12-01T00:00:00"/>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="6438.63"/>
+  </r>
+  <r>
+    <n v="245"/>
+    <d v="2024-07-28T00:00:00"/>
+    <x v="2"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="3866.51"/>
+  </r>
+  <r>
+    <n v="246"/>
+    <d v="2024-02-17T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="5720.99"/>
+  </r>
+  <r>
+    <n v="247"/>
+    <d v="2023-09-17T00:00:00"/>
+    <x v="0"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="7916.15"/>
+  </r>
+  <r>
+    <n v="248"/>
+    <d v="2023-01-14T00:00:00"/>
+    <x v="0"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="9290.18"/>
+  </r>
+  <r>
+    <n v="249"/>
+    <d v="2023-12-23T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="7078.55"/>
+  </r>
+  <r>
+    <n v="250"/>
+    <d v="2023-04-09T00:00:00"/>
+    <x v="2"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="8913.6299999999992"/>
+  </r>
+  <r>
+    <n v="251"/>
+    <d v="2024-12-22T00:00:00"/>
+    <x v="2"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="4002.2"/>
+  </r>
+  <r>
+    <n v="252"/>
+    <d v="2024-05-10T00:00:00"/>
+    <x v="2"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="5759.42"/>
+  </r>
+  <r>
+    <n v="253"/>
+    <d v="2024-03-14T00:00:00"/>
+    <x v="2"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="6280.45"/>
+  </r>
+  <r>
+    <n v="254"/>
+    <d v="2024-07-16T00:00:00"/>
+    <x v="0"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="9160.7800000000007"/>
+  </r>
+  <r>
+    <n v="255"/>
+    <d v="2024-07-21T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="8874.48"/>
+  </r>
+  <r>
+    <n v="256"/>
+    <d v="2024-08-02T00:00:00"/>
+    <x v="2"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="8887.48"/>
+  </r>
+  <r>
+    <n v="257"/>
+    <d v="2023-08-09T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="9479.51"/>
+  </r>
+  <r>
+    <n v="258"/>
+    <d v="2024-03-22T00:00:00"/>
+    <x v="2"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="4887.6099999999997"/>
+  </r>
+  <r>
+    <n v="259"/>
+    <d v="2024-12-18T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="9067.82"/>
+  </r>
+  <r>
+    <n v="260"/>
+    <d v="2023-11-06T00:00:00"/>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="1789.84"/>
+  </r>
+  <r>
+    <n v="261"/>
+    <d v="2023-11-11T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="8880.42"/>
+  </r>
+  <r>
+    <n v="262"/>
+    <d v="2023-12-19T00:00:00"/>
+    <x v="2"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="4513.45"/>
+  </r>
+  <r>
+    <n v="263"/>
+    <d v="2023-08-26T00:00:00"/>
+    <x v="1"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="2296.96"/>
+  </r>
+  <r>
+    <n v="264"/>
+    <d v="2024-10-18T00:00:00"/>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="3809.08"/>
+  </r>
+  <r>
+    <n v="265"/>
+    <d v="2023-05-05T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="1801.58"/>
+  </r>
+  <r>
+    <n v="266"/>
+    <d v="2023-01-17T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="9086.89"/>
+  </r>
+  <r>
+    <n v="267"/>
+    <d v="2024-05-23T00:00:00"/>
+    <x v="3"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="3130.96"/>
+  </r>
+  <r>
+    <n v="268"/>
+    <d v="2023-08-06T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="5431.24"/>
+  </r>
+  <r>
+    <n v="269"/>
+    <d v="2023-09-13T00:00:00"/>
+    <x v="3"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="4792.45"/>
+  </r>
+  <r>
+    <n v="270"/>
+    <d v="2023-10-22T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="3754.24"/>
+  </r>
+  <r>
+    <n v="271"/>
+    <d v="2023-09-22T00:00:00"/>
+    <x v="0"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="9103.48"/>
+  </r>
+  <r>
+    <n v="272"/>
+    <d v="2023-11-08T00:00:00"/>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="5762.12"/>
+  </r>
+  <r>
+    <n v="273"/>
+    <d v="2023-06-11T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="1148.57"/>
+  </r>
+  <r>
+    <n v="274"/>
+    <d v="2024-10-23T00:00:00"/>
+    <x v="0"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="7918.03"/>
+  </r>
+  <r>
+    <n v="275"/>
+    <d v="2023-05-08T00:00:00"/>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="6008.59"/>
+  </r>
+  <r>
+    <n v="276"/>
+    <d v="2024-12-01T00:00:00"/>
+    <x v="2"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="5596.7"/>
+  </r>
+  <r>
+    <n v="277"/>
+    <d v="2023-10-16T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="5735.26"/>
+  </r>
+  <r>
+    <n v="278"/>
+    <d v="2024-12-19T00:00:00"/>
+    <x v="2"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="9039.4500000000007"/>
+  </r>
+  <r>
+    <n v="279"/>
+    <d v="2024-01-10T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="9647.51"/>
+  </r>
+  <r>
+    <n v="280"/>
+    <d v="2023-05-28T00:00:00"/>
+    <x v="0"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="2136.5300000000002"/>
+  </r>
+  <r>
+    <n v="281"/>
+    <d v="2024-07-13T00:00:00"/>
+    <x v="1"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="7104.59"/>
+  </r>
+  <r>
+    <n v="282"/>
+    <d v="2023-09-10T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="6321.1"/>
+  </r>
+  <r>
+    <n v="283"/>
+    <d v="2024-05-13T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="2918.46"/>
+  </r>
+  <r>
+    <n v="284"/>
+    <d v="2023-01-22T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="5628.92"/>
+  </r>
+  <r>
+    <n v="285"/>
+    <d v="2023-06-11T00:00:00"/>
+    <x v="3"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="4882.42"/>
+  </r>
+  <r>
+    <n v="286"/>
+    <d v="2024-02-06T00:00:00"/>
+    <x v="0"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="2721.1"/>
+  </r>
+  <r>
+    <n v="287"/>
+    <d v="2024-06-28T00:00:00"/>
+    <x v="0"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="6864.24"/>
+  </r>
+  <r>
+    <n v="288"/>
+    <d v="2024-09-09T00:00:00"/>
+    <x v="3"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="3056.02"/>
+  </r>
+  <r>
+    <n v="289"/>
+    <d v="2024-01-26T00:00:00"/>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="6776.36"/>
+  </r>
+  <r>
+    <n v="290"/>
+    <d v="2023-11-25T00:00:00"/>
+    <x v="0"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="9429.94"/>
+  </r>
+  <r>
+    <n v="291"/>
+    <d v="2024-10-12T00:00:00"/>
+    <x v="0"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="2513.87"/>
+  </r>
+  <r>
+    <n v="292"/>
+    <d v="2024-04-22T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="6395.16"/>
+  </r>
+  <r>
+    <n v="293"/>
+    <d v="2024-01-24T00:00:00"/>
+    <x v="0"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="7123.3"/>
+  </r>
+  <r>
+    <n v="294"/>
+    <d v="2023-09-07T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="2833.7"/>
+  </r>
+  <r>
+    <n v="295"/>
+    <d v="2024-03-15T00:00:00"/>
+    <x v="2"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="7991.5"/>
+  </r>
+  <r>
+    <n v="296"/>
+    <d v="2024-06-05T00:00:00"/>
+    <x v="2"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="9113.7999999999993"/>
+  </r>
+  <r>
+    <n v="297"/>
+    <d v="2024-07-11T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="4359.68"/>
+  </r>
+  <r>
+    <n v="298"/>
+    <d v="2023-04-20T00:00:00"/>
+    <x v="2"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="9739.24"/>
+  </r>
+  <r>
+    <n v="299"/>
+    <d v="2024-01-10T00:00:00"/>
+    <x v="2"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="1527.34"/>
+  </r>
+  <r>
+    <n v="300"/>
+    <d v="2024-08-15T00:00:00"/>
+    <x v="3"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="1233.19"/>
+  </r>
+  <r>
+    <n v="301"/>
+    <d v="2023-05-25T00:00:00"/>
+    <x v="0"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="6459.91"/>
+  </r>
+  <r>
+    <n v="302"/>
+    <d v="2023-02-16T00:00:00"/>
+    <x v="2"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="5193.3999999999996"/>
+  </r>
+  <r>
+    <n v="303"/>
+    <d v="2024-10-17T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="9553.4"/>
+  </r>
+  <r>
+    <n v="304"/>
+    <d v="2023-10-24T00:00:00"/>
+    <x v="0"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="3014.6"/>
+  </r>
+  <r>
+    <n v="305"/>
+    <d v="2023-05-22T00:00:00"/>
+    <x v="0"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="6473.64"/>
+  </r>
+  <r>
+    <n v="306"/>
+    <d v="2023-11-06T00:00:00"/>
+    <x v="2"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="4944.97"/>
+  </r>
+  <r>
+    <n v="307"/>
+    <d v="2024-09-13T00:00:00"/>
+    <x v="0"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="4134.2700000000004"/>
+  </r>
+  <r>
+    <n v="308"/>
+    <d v="2024-10-01T00:00:00"/>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="3374.46"/>
+  </r>
+  <r>
+    <n v="309"/>
+    <d v="2024-09-18T00:00:00"/>
+    <x v="2"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="3256.01"/>
+  </r>
+  <r>
+    <n v="310"/>
+    <d v="2024-10-27T00:00:00"/>
+    <x v="2"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="6694.53"/>
+  </r>
+  <r>
+    <n v="311"/>
+    <d v="2024-09-05T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="2858.15"/>
+  </r>
+  <r>
+    <n v="312"/>
+    <d v="2023-09-16T00:00:00"/>
+    <x v="3"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="2851.02"/>
+  </r>
+  <r>
+    <n v="313"/>
+    <d v="2024-02-13T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="8552.83"/>
+  </r>
+  <r>
+    <n v="314"/>
+    <d v="2023-12-13T00:00:00"/>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="5883.46"/>
+  </r>
+  <r>
+    <n v="315"/>
+    <d v="2024-05-09T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="9418.5"/>
+  </r>
+  <r>
+    <n v="316"/>
+    <d v="2024-12-04T00:00:00"/>
+    <x v="2"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="9007"/>
+  </r>
+  <r>
+    <n v="317"/>
+    <d v="2023-09-20T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="1360"/>
+  </r>
+  <r>
+    <n v="318"/>
+    <d v="2024-05-27T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="5551.83"/>
+  </r>
+  <r>
+    <n v="319"/>
+    <d v="2024-09-09T00:00:00"/>
+    <x v="2"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="6742.81"/>
+  </r>
+  <r>
+    <n v="320"/>
+    <d v="2023-07-04T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="9913.43"/>
+  </r>
+  <r>
+    <n v="321"/>
+    <d v="2024-03-10T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="8567.24"/>
+  </r>
+  <r>
+    <n v="322"/>
+    <d v="2023-12-12T00:00:00"/>
+    <x v="0"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="5869.62"/>
+  </r>
+  <r>
+    <n v="323"/>
+    <d v="2023-10-07T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="4237.22"/>
+  </r>
+  <r>
+    <n v="324"/>
+    <d v="2023-08-07T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="9419.73"/>
+  </r>
+  <r>
+    <n v="325"/>
+    <d v="2024-07-20T00:00:00"/>
+    <x v="0"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="2932.93"/>
+  </r>
+  <r>
+    <n v="326"/>
+    <d v="2023-04-26T00:00:00"/>
+    <x v="2"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="3606.27"/>
+  </r>
+  <r>
+    <n v="327"/>
+    <d v="2023-10-06T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="5461.07"/>
+  </r>
+  <r>
+    <n v="328"/>
+    <d v="2023-04-14T00:00:00"/>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="3666.99"/>
+  </r>
+  <r>
+    <n v="329"/>
+    <d v="2023-04-09T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="5803.36"/>
+  </r>
+  <r>
+    <n v="330"/>
+    <d v="2024-08-02T00:00:00"/>
+    <x v="2"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="9537.4699999999993"/>
+  </r>
+  <r>
+    <n v="331"/>
+    <d v="2023-11-03T00:00:00"/>
+    <x v="2"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="7830.46"/>
+  </r>
+  <r>
+    <n v="332"/>
+    <d v="2024-02-20T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="6675.85"/>
+  </r>
+  <r>
+    <n v="333"/>
+    <d v="2024-11-16T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="2290.73"/>
+  </r>
+  <r>
+    <n v="334"/>
+    <d v="2023-11-22T00:00:00"/>
+    <x v="2"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="5366.74"/>
+  </r>
+  <r>
+    <n v="335"/>
+    <d v="2023-10-08T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="1798.97"/>
+  </r>
+  <r>
+    <n v="336"/>
+    <d v="2024-06-18T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="8457.58"/>
+  </r>
+  <r>
+    <n v="337"/>
+    <d v="2023-02-04T00:00:00"/>
+    <x v="3"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="4989.0200000000004"/>
+  </r>
+  <r>
+    <n v="338"/>
+    <d v="2024-09-25T00:00:00"/>
+    <x v="2"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="2466.48"/>
+  </r>
+  <r>
+    <n v="339"/>
+    <d v="2024-09-20T00:00:00"/>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="1564.61"/>
+  </r>
+  <r>
+    <n v="340"/>
+    <d v="2023-12-19T00:00:00"/>
+    <x v="2"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="9798.15"/>
+  </r>
+  <r>
+    <n v="341"/>
+    <d v="2024-04-01T00:00:00"/>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="3893.5"/>
+  </r>
+  <r>
+    <n v="342"/>
+    <d v="2024-05-27T00:00:00"/>
+    <x v="1"/>
+    <x v="0"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="2535.17"/>
+  </r>
+  <r>
+    <n v="343"/>
+    <d v="2023-10-17T00:00:00"/>
+    <x v="1"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="6072.59"/>
+  </r>
+  <r>
+    <n v="344"/>
+    <d v="2024-03-21T00:00:00"/>
+    <x v="3"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="2644.26"/>
+  </r>
+  <r>
+    <n v="345"/>
+    <d v="2023-01-12T00:00:00"/>
+    <x v="0"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="9758.01"/>
+  </r>
+  <r>
+    <n v="346"/>
+    <d v="2023-03-20T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="6812.41"/>
+  </r>
+  <r>
+    <n v="347"/>
+    <d v="2023-02-23T00:00:00"/>
+    <x v="1"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="2659.13"/>
+  </r>
+  <r>
+    <n v="348"/>
+    <d v="2024-12-08T00:00:00"/>
+    <x v="0"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="6309.49"/>
+  </r>
+  <r>
+    <n v="349"/>
+    <d v="2024-12-23T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="2522.81"/>
+  </r>
+  <r>
+    <n v="350"/>
+    <d v="2024-10-04T00:00:00"/>
+    <x v="2"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="7417.51"/>
+  </r>
+  <r>
+    <n v="351"/>
+    <d v="2024-02-08T00:00:00"/>
+    <x v="0"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="4034.19"/>
+  </r>
+  <r>
+    <n v="352"/>
+    <d v="2023-08-06T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="9639.1"/>
+  </r>
+  <r>
+    <n v="353"/>
+    <d v="2023-01-20T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="3001.01"/>
+  </r>
+  <r>
+    <n v="354"/>
+    <d v="2024-09-22T00:00:00"/>
+    <x v="3"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="6421.33"/>
+  </r>
+  <r>
+    <n v="355"/>
+    <d v="2023-09-20T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="8366.18"/>
+  </r>
+  <r>
+    <n v="356"/>
+    <d v="2023-05-22T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="1960.25"/>
+  </r>
+  <r>
+    <n v="357"/>
+    <d v="2024-07-20T00:00:00"/>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="7145.84"/>
+  </r>
+  <r>
+    <n v="358"/>
+    <d v="2023-08-18T00:00:00"/>
+    <x v="1"/>
+    <x v="0"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="5314.06"/>
+  </r>
+  <r>
+    <n v="359"/>
+    <d v="2023-11-22T00:00:00"/>
+    <x v="2"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="3304.7"/>
+  </r>
+  <r>
+    <n v="360"/>
+    <d v="2024-07-22T00:00:00"/>
+    <x v="2"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="6373.12"/>
+  </r>
+  <r>
+    <n v="361"/>
+    <d v="2024-05-01T00:00:00"/>
+    <x v="2"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="6525.3"/>
+  </r>
+  <r>
+    <n v="362"/>
+    <d v="2024-12-25T00:00:00"/>
+    <x v="3"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="3512.11"/>
+  </r>
+  <r>
+    <n v="363"/>
+    <d v="2023-02-03T00:00:00"/>
+    <x v="1"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="1276.96"/>
+  </r>
+  <r>
+    <n v="364"/>
+    <d v="2024-04-19T00:00:00"/>
+    <x v="0"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="4892.96"/>
+  </r>
+  <r>
+    <n v="365"/>
+    <d v="2023-10-13T00:00:00"/>
+    <x v="0"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="2770.81"/>
+  </r>
+  <r>
+    <n v="366"/>
+    <d v="2024-10-25T00:00:00"/>
+    <x v="2"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="4983.28"/>
+  </r>
+  <r>
+    <n v="367"/>
+    <d v="2023-06-07T00:00:00"/>
+    <x v="2"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="1736.97"/>
+  </r>
+  <r>
+    <n v="368"/>
+    <d v="2023-04-28T00:00:00"/>
+    <x v="3"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="8660.2999999999993"/>
+  </r>
+  <r>
+    <n v="369"/>
+    <d v="2024-11-16T00:00:00"/>
+    <x v="2"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="9235.5400000000009"/>
+  </r>
+  <r>
+    <n v="370"/>
+    <d v="2023-09-17T00:00:00"/>
+    <x v="2"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="1417.66"/>
+  </r>
+  <r>
+    <n v="371"/>
+    <d v="2024-02-28T00:00:00"/>
+    <x v="2"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="1030.75"/>
+  </r>
+  <r>
+    <n v="372"/>
+    <d v="2023-03-28T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="8538.2800000000007"/>
+  </r>
+  <r>
+    <n v="373"/>
+    <d v="2024-04-04T00:00:00"/>
+    <x v="2"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="1558.06"/>
+  </r>
+  <r>
+    <n v="374"/>
+    <d v="2024-02-04T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="1545.49"/>
+  </r>
+  <r>
+    <n v="375"/>
+    <d v="2024-03-02T00:00:00"/>
+    <x v="2"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="5466.53"/>
+  </r>
+  <r>
+    <n v="376"/>
+    <d v="2024-08-03T00:00:00"/>
+    <x v="2"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="3055.27"/>
+  </r>
+  <r>
+    <n v="377"/>
+    <d v="2024-11-09T00:00:00"/>
+    <x v="2"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="8082.01"/>
+  </r>
+  <r>
+    <n v="378"/>
+    <d v="2023-04-24T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="4505.95"/>
+  </r>
+  <r>
+    <n v="379"/>
+    <d v="2023-10-10T00:00:00"/>
+    <x v="2"/>
+    <x v="0"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="6928.95"/>
+  </r>
+  <r>
+    <n v="380"/>
+    <d v="2023-03-23T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="9891.44"/>
+  </r>
+  <r>
+    <n v="381"/>
+    <d v="2023-11-26T00:00:00"/>
+    <x v="2"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="9093.09"/>
+  </r>
+  <r>
+    <n v="382"/>
+    <d v="2024-06-07T00:00:00"/>
+    <x v="1"/>
+    <x v="0"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="7594.43"/>
+  </r>
+  <r>
+    <n v="383"/>
+    <d v="2023-09-16T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="3636.15"/>
+  </r>
+  <r>
+    <n v="384"/>
+    <d v="2023-02-24T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="4318.16"/>
+  </r>
+  <r>
+    <n v="385"/>
+    <d v="2024-06-06T00:00:00"/>
+    <x v="0"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="7934.03"/>
+  </r>
+  <r>
+    <n v="386"/>
+    <d v="2023-09-09T00:00:00"/>
+    <x v="3"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="6200.93"/>
+  </r>
+  <r>
+    <n v="387"/>
+    <d v="2024-11-22T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="2183.77"/>
+  </r>
+  <r>
+    <n v="388"/>
+    <d v="2023-04-03T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="4520.13"/>
+  </r>
+  <r>
+    <n v="389"/>
+    <d v="2023-04-15T00:00:00"/>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="8677.84"/>
+  </r>
+  <r>
+    <n v="390"/>
+    <d v="2023-04-15T00:00:00"/>
+    <x v="0"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="7791.63"/>
+  </r>
+  <r>
+    <n v="391"/>
+    <d v="2024-11-27T00:00:00"/>
+    <x v="0"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="3805.62"/>
+  </r>
+  <r>
+    <n v="392"/>
+    <d v="2024-06-10T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="9290.08"/>
+  </r>
+  <r>
+    <n v="393"/>
+    <d v="2024-03-11T00:00:00"/>
+    <x v="0"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="6204.01"/>
+  </r>
+  <r>
+    <n v="394"/>
+    <d v="2023-11-22T00:00:00"/>
+    <x v="2"/>
+    <x v="0"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="6950.01"/>
+  </r>
+  <r>
+    <n v="395"/>
+    <d v="2024-11-11T00:00:00"/>
+    <x v="0"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="9530.2199999999993"/>
+  </r>
+  <r>
+    <n v="396"/>
+    <d v="2024-07-21T00:00:00"/>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="4729.1099999999997"/>
+  </r>
+  <r>
+    <n v="397"/>
+    <d v="2023-08-21T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="1950.48"/>
+  </r>
+  <r>
+    <n v="398"/>
+    <d v="2024-04-20T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="4329.41"/>
+  </r>
+  <r>
+    <n v="399"/>
+    <d v="2024-07-05T00:00:00"/>
+    <x v="3"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="5759.14"/>
+  </r>
+  <r>
+    <n v="400"/>
+    <d v="2023-01-22T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="5629.57"/>
+  </r>
+  <r>
+    <n v="401"/>
+    <d v="2023-04-19T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="2374.0100000000002"/>
+  </r>
+  <r>
+    <n v="402"/>
+    <d v="2023-03-24T00:00:00"/>
+    <x v="0"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="4590.38"/>
+  </r>
+  <r>
+    <n v="403"/>
+    <d v="2023-05-11T00:00:00"/>
+    <x v="0"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="9521.2999999999993"/>
+  </r>
+  <r>
+    <n v="404"/>
+    <d v="2024-02-18T00:00:00"/>
+    <x v="2"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="3599.34"/>
+  </r>
+  <r>
+    <n v="405"/>
+    <d v="2024-03-26T00:00:00"/>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="8697.9599999999991"/>
+  </r>
+  <r>
+    <n v="406"/>
+    <d v="2024-08-22T00:00:00"/>
+    <x v="0"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="6880.01"/>
+  </r>
+  <r>
+    <n v="407"/>
+    <d v="2024-07-05T00:00:00"/>
+    <x v="0"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="9229.81"/>
+  </r>
+  <r>
+    <n v="408"/>
+    <d v="2023-09-02T00:00:00"/>
+    <x v="2"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="4210.1499999999996"/>
+  </r>
+  <r>
+    <n v="409"/>
+    <d v="2024-03-01T00:00:00"/>
+    <x v="3"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="6287.08"/>
+  </r>
+  <r>
+    <n v="410"/>
+    <d v="2024-02-02T00:00:00"/>
+    <x v="2"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="5065.3900000000003"/>
+  </r>
+  <r>
+    <n v="411"/>
+    <d v="2024-03-04T00:00:00"/>
+    <x v="1"/>
+    <x v="0"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="1206.44"/>
+  </r>
+  <r>
+    <n v="412"/>
+    <d v="2023-01-01T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="8127.43"/>
+  </r>
+  <r>
+    <n v="413"/>
+    <d v="2023-06-28T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="5265.91"/>
+  </r>
+  <r>
+    <n v="414"/>
+    <d v="2023-10-24T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="5209.3"/>
+  </r>
+  <r>
+    <n v="415"/>
+    <d v="2024-09-08T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="5942.19"/>
+  </r>
+  <r>
+    <n v="416"/>
+    <d v="2024-09-23T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="3775.56"/>
+  </r>
+  <r>
+    <n v="417"/>
+    <d v="2024-07-20T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="6650.14"/>
+  </r>
+  <r>
+    <n v="418"/>
+    <d v="2023-05-18T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="4137.3599999999997"/>
+  </r>
+  <r>
+    <n v="419"/>
+    <d v="2024-11-10T00:00:00"/>
+    <x v="0"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="3112.15"/>
+  </r>
+  <r>
+    <n v="420"/>
+    <d v="2023-06-25T00:00:00"/>
+    <x v="2"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="3520.57"/>
+  </r>
+  <r>
+    <n v="421"/>
+    <d v="2024-08-04T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="2129.63"/>
+  </r>
+  <r>
+    <n v="422"/>
+    <d v="2023-08-17T00:00:00"/>
+    <x v="0"/>
+    <x v="0"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="7491.45"/>
+  </r>
+  <r>
+    <n v="423"/>
+    <d v="2024-03-16T00:00:00"/>
+    <x v="1"/>
+    <x v="0"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="3200.98"/>
+  </r>
+  <r>
+    <n v="424"/>
+    <d v="2023-06-03T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="7318.7"/>
+  </r>
+  <r>
+    <n v="425"/>
+    <d v="2024-01-10T00:00:00"/>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="5369.58"/>
+  </r>
+  <r>
+    <n v="426"/>
+    <d v="2023-09-13T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="9613.7199999999993"/>
+  </r>
+  <r>
+    <n v="427"/>
+    <d v="2023-07-03T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="1588.42"/>
+  </r>
+  <r>
+    <n v="428"/>
+    <d v="2024-07-23T00:00:00"/>
+    <x v="0"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="5609.96"/>
+  </r>
+  <r>
+    <n v="429"/>
+    <d v="2024-03-20T00:00:00"/>
+    <x v="2"/>
+    <x v="0"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="4628.13"/>
+  </r>
+  <r>
+    <n v="430"/>
+    <d v="2023-09-04T00:00:00"/>
+    <x v="2"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="5025.3999999999996"/>
+  </r>
+  <r>
+    <n v="431"/>
+    <d v="2024-01-07T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="7076.05"/>
+  </r>
+  <r>
+    <n v="432"/>
+    <d v="2024-03-20T00:00:00"/>
+    <x v="3"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="1362.91"/>
+  </r>
+  <r>
+    <n v="433"/>
+    <d v="2023-09-27T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="8933.07"/>
+  </r>
+  <r>
+    <n v="434"/>
+    <d v="2024-10-17T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="1856.44"/>
+  </r>
+  <r>
+    <n v="435"/>
+    <d v="2023-08-22T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="9231.61"/>
+  </r>
+  <r>
+    <n v="436"/>
+    <d v="2024-07-14T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="5635.01"/>
+  </r>
+  <r>
+    <n v="437"/>
+    <d v="2023-05-03T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="8737.7999999999993"/>
+  </r>
+  <r>
+    <n v="438"/>
+    <d v="2023-05-19T00:00:00"/>
+    <x v="0"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="6093.06"/>
+  </r>
+  <r>
+    <n v="439"/>
+    <d v="2023-10-04T00:00:00"/>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="9261.2800000000007"/>
+  </r>
+  <r>
+    <n v="440"/>
+    <d v="2023-10-04T00:00:00"/>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="1928.43"/>
+  </r>
+  <r>
+    <n v="441"/>
+    <d v="2024-11-05T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="7689.7"/>
+  </r>
+  <r>
+    <n v="442"/>
+    <d v="2024-04-25T00:00:00"/>
+    <x v="1"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="9291.7099999999991"/>
+  </r>
+  <r>
+    <n v="443"/>
+    <d v="2023-01-21T00:00:00"/>
+    <x v="2"/>
+    <x v="0"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="3545.73"/>
+  </r>
+  <r>
+    <n v="444"/>
+    <d v="2023-06-08T00:00:00"/>
+    <x v="0"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="9315.2900000000009"/>
+  </r>
+  <r>
+    <n v="445"/>
+    <d v="2023-04-23T00:00:00"/>
+    <x v="1"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="5487.02"/>
+  </r>
+  <r>
+    <n v="446"/>
+    <d v="2023-06-15T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="2112.81"/>
+  </r>
+  <r>
+    <n v="447"/>
+    <d v="2024-08-04T00:00:00"/>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="1646.14"/>
+  </r>
+  <r>
+    <n v="448"/>
+    <d v="2023-06-11T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="6015.17"/>
+  </r>
+  <r>
+    <n v="449"/>
+    <d v="2024-10-19T00:00:00"/>
+    <x v="1"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="4276.87"/>
+  </r>
+  <r>
+    <n v="450"/>
+    <d v="2023-12-28T00:00:00"/>
+    <x v="3"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="9435.86"/>
+  </r>
+  <r>
+    <n v="451"/>
+    <d v="2024-10-10T00:00:00"/>
+    <x v="0"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="2621.93"/>
+  </r>
+  <r>
+    <n v="452"/>
+    <d v="2023-03-10T00:00:00"/>
+    <x v="0"/>
+    <x v="0"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="2865.17"/>
+  </r>
+  <r>
+    <n v="453"/>
+    <d v="2023-02-21T00:00:00"/>
+    <x v="0"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="9749.2000000000007"/>
+  </r>
+  <r>
+    <n v="454"/>
+    <d v="2024-12-26T00:00:00"/>
+    <x v="0"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="7941.15"/>
+  </r>
+  <r>
+    <n v="455"/>
+    <d v="2023-10-01T00:00:00"/>
+    <x v="2"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="7657.45"/>
+  </r>
+  <r>
+    <n v="456"/>
+    <d v="2023-06-16T00:00:00"/>
+    <x v="2"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="4545.21"/>
+  </r>
+  <r>
+    <n v="457"/>
+    <d v="2024-07-18T00:00:00"/>
+    <x v="2"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="8509.19"/>
+  </r>
+  <r>
+    <n v="458"/>
+    <d v="2024-05-08T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="7744.57"/>
+  </r>
+  <r>
+    <n v="459"/>
+    <d v="2024-03-02T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="2808.24"/>
+  </r>
+  <r>
+    <n v="460"/>
+    <d v="2023-07-24T00:00:00"/>
+    <x v="2"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="3369.43"/>
+  </r>
+  <r>
+    <n v="461"/>
+    <d v="2023-08-24T00:00:00"/>
+    <x v="2"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="7913.39"/>
+  </r>
+  <r>
+    <n v="462"/>
+    <d v="2023-12-19T00:00:00"/>
+    <x v="0"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="9147.16"/>
+  </r>
+  <r>
+    <n v="463"/>
+    <d v="2024-10-27T00:00:00"/>
+    <x v="0"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="8921.0300000000007"/>
+  </r>
+  <r>
+    <n v="464"/>
+    <d v="2023-01-12T00:00:00"/>
+    <x v="3"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="8397.5499999999993"/>
+  </r>
+  <r>
+    <n v="465"/>
+    <d v="2024-01-22T00:00:00"/>
+    <x v="0"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="9558.07"/>
+  </r>
+  <r>
+    <n v="466"/>
+    <d v="2024-08-08T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="9561.8799999999992"/>
+  </r>
+  <r>
+    <n v="467"/>
+    <d v="2023-07-01T00:00:00"/>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="8003.82"/>
+  </r>
+  <r>
+    <n v="468"/>
+    <d v="2024-10-23T00:00:00"/>
+    <x v="1"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="2563.88"/>
+  </r>
+  <r>
+    <n v="469"/>
+    <d v="2024-12-22T00:00:00"/>
+    <x v="0"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="9704.06"/>
+  </r>
+  <r>
+    <n v="470"/>
+    <d v="2024-08-12T00:00:00"/>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="1358.25"/>
+  </r>
+  <r>
+    <n v="471"/>
+    <d v="2024-05-07T00:00:00"/>
+    <x v="2"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="3525.54"/>
+  </r>
+  <r>
+    <n v="472"/>
+    <d v="2024-03-27T00:00:00"/>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="1458.78"/>
+  </r>
+  <r>
+    <n v="473"/>
+    <d v="2023-02-08T00:00:00"/>
+    <x v="0"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="2353.7800000000002"/>
+  </r>
+  <r>
+    <n v="474"/>
+    <d v="2023-11-28T00:00:00"/>
+    <x v="0"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="2217.48"/>
+  </r>
+  <r>
+    <n v="475"/>
+    <d v="2024-01-05T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="7186.8"/>
+  </r>
+  <r>
+    <n v="476"/>
+    <d v="2023-06-28T00:00:00"/>
+    <x v="0"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="3986.04"/>
+  </r>
+  <r>
+    <n v="477"/>
+    <d v="2023-06-24T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="3534.31"/>
+  </r>
+  <r>
+    <n v="478"/>
+    <d v="2023-07-14T00:00:00"/>
+    <x v="3"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="5317.11"/>
+  </r>
+  <r>
+    <n v="479"/>
+    <d v="2023-03-22T00:00:00"/>
+    <x v="0"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="8124.56"/>
+  </r>
+  <r>
+    <n v="480"/>
+    <d v="2023-10-23T00:00:00"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="4456.8900000000003"/>
+  </r>
+  <r>
+    <n v="481"/>
+    <d v="2023-07-09T00:00:00"/>
+    <x v="3"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="4160.59"/>
+  </r>
+  <r>
+    <n v="482"/>
+    <d v="2023-04-02T00:00:00"/>
+    <x v="3"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="1714.39"/>
+  </r>
+  <r>
+    <n v="483"/>
+    <d v="2023-03-17T00:00:00"/>
+    <x v="2"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="4704.76"/>
+  </r>
+  <r>
+    <n v="484"/>
+    <d v="2023-04-10T00:00:00"/>
+    <x v="2"/>
+    <x v="1"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="7485.18"/>
+  </r>
+  <r>
+    <n v="485"/>
+    <d v="2023-11-25T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="3434.92"/>
+  </r>
+  <r>
+    <n v="486"/>
+    <d v="2024-11-04T00:00:00"/>
+    <x v="1"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="1968.84"/>
+  </r>
+  <r>
+    <n v="487"/>
+    <d v="2023-06-05T00:00:00"/>
+    <x v="2"/>
+    <x v="2"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="5794.32"/>
+  </r>
+  <r>
+    <n v="488"/>
+    <d v="2024-03-25T00:00:00"/>
+    <x v="2"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="7178.47"/>
+  </r>
+  <r>
+    <n v="489"/>
+    <d v="2024-07-14T00:00:00"/>
+    <x v="0"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="1184.8800000000001"/>
+  </r>
+  <r>
+    <n v="490"/>
+    <d v="2024-08-16T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="3096.44"/>
+  </r>
+  <r>
+    <n v="491"/>
+    <d v="2023-03-16T00:00:00"/>
+    <x v="1"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="2628.66"/>
+  </r>
+  <r>
+    <n v="492"/>
+    <d v="2023-08-28T00:00:00"/>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="6405.89"/>
+  </r>
+  <r>
+    <n v="493"/>
+    <d v="2024-02-25T00:00:00"/>
+    <x v="2"/>
+    <x v="0"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="1906.93"/>
+  </r>
+  <r>
+    <n v="494"/>
+    <d v="2024-04-08T00:00:00"/>
+    <x v="2"/>
+    <x v="0"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="7266.23"/>
+  </r>
+  <r>
+    <n v="495"/>
+    <d v="2023-01-11T00:00:00"/>
+    <x v="3"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="3500.83"/>
+  </r>
+  <r>
+    <n v="496"/>
+    <d v="2024-08-19T00:00:00"/>
+    <x v="2"/>
+    <x v="2"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="5871.04"/>
+  </r>
+  <r>
+    <n v="497"/>
+    <d v="2023-01-01T00:00:00"/>
+    <x v="0"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="8731.98"/>
+  </r>
+  <r>
+    <n v="498"/>
+    <d v="2023-02-02T00:00:00"/>
+    <x v="1"/>
+    <x v="0"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="2897.86"/>
+  </r>
+  <r>
+    <n v="499"/>
+    <d v="2023-07-09T00:00:00"/>
+    <x v="2"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="1382.4"/>
+  </r>
+  <r>
+    <n v="500"/>
+    <d v="2023-03-19T00:00:00"/>
+    <x v="3"/>
+    <x v="2"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="7878.76"/>
+  </r>
+</pivotCacheRecords>
+</file>
+
+<file path=xl/pivotCache/pivotCacheRecords2.xml><?xml version="1.0" encoding="utf-8"?>
+<pivotCacheRecords xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" count="501">
+  <r>
+    <n v="1"/>
+    <x v="0"/>
+    <x v="0"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="4499.13"/>
+  </r>
+  <r>
+    <n v="2"/>
+    <x v="1"/>
+    <x v="0"/>
+    <s v="Product B"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="2023.53"/>
+  </r>
+  <r>
+    <n v="3"/>
+    <x v="2"/>
+    <x v="1"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="1341.48"/>
+  </r>
+  <r>
+    <n v="4"/>
+    <x v="3"/>
+    <x v="0"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="6093.83"/>
+  </r>
+  <r>
+    <n v="5"/>
+    <x v="4"/>
+    <x v="2"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="8271.9599999999991"/>
+  </r>
+  <r>
+    <n v="6"/>
+    <x v="5"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="6402.4"/>
+  </r>
+  <r>
+    <n v="7"/>
+    <x v="6"/>
+    <x v="1"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="3129.96"/>
+  </r>
+  <r>
+    <n v="8"/>
+    <x v="7"/>
+    <x v="0"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="8157.29"/>
+  </r>
+  <r>
+    <n v="9"/>
+    <x v="8"/>
+    <x v="2"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="1956.32"/>
+  </r>
+  <r>
+    <n v="10"/>
+    <x v="7"/>
+    <x v="0"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="3297.58"/>
+  </r>
+  <r>
+    <n v="11"/>
+    <x v="9"/>
+    <x v="3"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="4401.25"/>
+  </r>
+  <r>
+    <n v="12"/>
+    <x v="10"/>
+    <x v="1"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="7558.21"/>
+  </r>
+  <r>
+    <n v="13"/>
+    <x v="11"/>
+    <x v="0"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="4093.73"/>
+  </r>
+  <r>
+    <n v="14"/>
+    <x v="12"/>
+    <x v="0"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="1612.84"/>
+  </r>
+  <r>
+    <n v="15"/>
+    <x v="13"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="8861.86"/>
+  </r>
+  <r>
+    <n v="16"/>
+    <x v="14"/>
+    <x v="1"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="7281.14"/>
+  </r>
+  <r>
+    <n v="17"/>
+    <x v="15"/>
+    <x v="1"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="6698.13"/>
+  </r>
+  <r>
+    <n v="18"/>
+    <x v="16"/>
+    <x v="0"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="8728.77"/>
+  </r>
+  <r>
+    <n v="19"/>
+    <x v="17"/>
+    <x v="2"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="6679.3"/>
+  </r>
+  <r>
+    <n v="20"/>
+    <x v="18"/>
+    <x v="2"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="8453.2999999999993"/>
+  </r>
+  <r>
+    <n v="21"/>
+    <x v="19"/>
+    <x v="1"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="7268.5"/>
+  </r>
+  <r>
+    <n v="22"/>
+    <x v="20"/>
+    <x v="3"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="8465.2800000000007"/>
+  </r>
+  <r>
+    <n v="23"/>
+    <x v="21"/>
+    <x v="1"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="9425.76"/>
+  </r>
+  <r>
+    <n v="24"/>
+    <x v="22"/>
+    <x v="0"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="5085.0600000000004"/>
+  </r>
+  <r>
+    <n v="25"/>
+    <x v="23"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="2939.18"/>
+  </r>
+  <r>
+    <n v="26"/>
+    <x v="24"/>
+    <x v="0"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="1898.88"/>
+  </r>
+  <r>
+    <n v="27"/>
+    <x v="25"/>
+    <x v="2"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="3512.24"/>
+  </r>
+  <r>
+    <n v="28"/>
+    <x v="26"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="7032.82"/>
+  </r>
+  <r>
+    <n v="29"/>
+    <x v="27"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="4514.2700000000004"/>
+  </r>
+  <r>
+    <n v="30"/>
+    <x v="28"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="2466.71"/>
+  </r>
+  <r>
+    <n v="31"/>
+    <x v="29"/>
+    <x v="0"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="7667.9"/>
+  </r>
+  <r>
+    <n v="32"/>
+    <x v="30"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="5782.49"/>
+  </r>
+  <r>
+    <n v="33"/>
+    <x v="31"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="3342.31"/>
+  </r>
+  <r>
+    <n v="34"/>
+    <x v="32"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="3286.58"/>
+  </r>
+  <r>
+    <n v="35"/>
+    <x v="33"/>
+    <x v="1"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="4179.55"/>
+  </r>
+  <r>
+    <n v="36"/>
+    <x v="34"/>
+    <x v="3"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="8158"/>
+  </r>
+  <r>
+    <n v="37"/>
+    <x v="35"/>
+    <x v="3"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="8476.64"/>
+  </r>
+  <r>
+    <n v="38"/>
+    <x v="36"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="5147.38"/>
+  </r>
+  <r>
+    <n v="39"/>
+    <x v="37"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="1416.15"/>
+  </r>
+  <r>
+    <n v="40"/>
+    <x v="38"/>
+    <x v="1"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="1322.69"/>
+  </r>
+  <r>
+    <n v="41"/>
+    <x v="39"/>
+    <x v="3"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="5875.96"/>
+  </r>
+  <r>
+    <n v="42"/>
+    <x v="40"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="7895.26"/>
+  </r>
+  <r>
+    <n v="43"/>
+    <x v="41"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="7845.96"/>
+  </r>
+  <r>
+    <n v="44"/>
+    <x v="42"/>
+    <x v="2"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="2163.35"/>
+  </r>
+  <r>
+    <n v="45"/>
+    <x v="43"/>
+    <x v="2"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="7930.84"/>
+  </r>
+  <r>
+    <n v="46"/>
+    <x v="44"/>
+    <x v="1"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="8665.94"/>
+  </r>
+  <r>
+    <n v="47"/>
+    <x v="31"/>
+    <x v="0"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="3108.99"/>
+  </r>
+  <r>
+    <n v="48"/>
+    <x v="45"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="4786.42"/>
+  </r>
+  <r>
+    <n v="49"/>
+    <x v="46"/>
+    <x v="0"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="9435.86"/>
+  </r>
+  <r>
+    <n v="50"/>
+    <x v="47"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="7322.18"/>
+  </r>
+  <r>
+    <n v="51"/>
+    <x v="48"/>
+    <x v="1"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="4041.7"/>
+  </r>
+  <r>
+    <n v="52"/>
+    <x v="49"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="9252.11"/>
+  </r>
+  <r>
+    <n v="53"/>
+    <x v="50"/>
+    <x v="2"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="5069.41"/>
+  </r>
+  <r>
+    <n v="54"/>
+    <x v="51"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="6515.66"/>
+  </r>
+  <r>
+    <n v="55"/>
+    <x v="52"/>
+    <x v="1"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="3689.2"/>
+  </r>
+  <r>
+    <n v="56"/>
+    <x v="53"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="4420.3599999999997"/>
+  </r>
+  <r>
+    <n v="57"/>
+    <x v="54"/>
+    <x v="0"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="9788.08"/>
+  </r>
+  <r>
+    <n v="58"/>
+    <x v="55"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="5672.15"/>
+  </r>
+  <r>
+    <n v="59"/>
+    <x v="56"/>
+    <x v="2"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="5067.8"/>
+  </r>
+  <r>
+    <n v="60"/>
+    <x v="57"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="6885.58"/>
+  </r>
+  <r>
+    <n v="61"/>
+    <x v="58"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="4697.67"/>
+  </r>
+  <r>
+    <n v="62"/>
+    <x v="59"/>
+    <x v="3"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="9520.7199999999993"/>
+  </r>
+  <r>
+    <n v="63"/>
+    <x v="60"/>
+    <x v="3"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="6292.4"/>
+  </r>
+  <r>
+    <n v="64"/>
+    <x v="61"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="4093.01"/>
+  </r>
+  <r>
+    <n v="65"/>
+    <x v="62"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="9303.67"/>
+  </r>
+  <r>
+    <n v="66"/>
+    <x v="45"/>
+    <x v="0"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="4812.97"/>
+  </r>
+  <r>
+    <n v="67"/>
+    <x v="63"/>
+    <x v="1"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="3155.14"/>
+  </r>
+  <r>
+    <n v="68"/>
+    <x v="64"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="7060.54"/>
+  </r>
+  <r>
+    <n v="69"/>
+    <x v="65"/>
+    <x v="2"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="2561.96"/>
+  </r>
+  <r>
+    <n v="70"/>
+    <x v="66"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="5646.71"/>
+  </r>
+  <r>
+    <n v="71"/>
+    <x v="67"/>
+    <x v="1"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="4591.01"/>
+  </r>
+  <r>
+    <n v="72"/>
+    <x v="68"/>
+    <x v="2"/>
+    <s v="Product B"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="9829.2800000000007"/>
+  </r>
+  <r>
+    <n v="73"/>
+    <x v="69"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="1934.15"/>
+  </r>
+  <r>
+    <n v="74"/>
+    <x v="70"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="5509.96"/>
+  </r>
+  <r>
+    <n v="75"/>
+    <x v="51"/>
+    <x v="2"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="2792.4"/>
+  </r>
+  <r>
+    <n v="76"/>
+    <x v="47"/>
+    <x v="1"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="4240.6099999999997"/>
+  </r>
+  <r>
+    <n v="77"/>
+    <x v="71"/>
+    <x v="0"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="8971.36"/>
+  </r>
+  <r>
+    <n v="78"/>
+    <x v="72"/>
+    <x v="0"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="6052.93"/>
+  </r>
+  <r>
+    <n v="79"/>
+    <x v="73"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="5370.31"/>
+  </r>
+  <r>
+    <n v="80"/>
+    <x v="74"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="1893.84"/>
+  </r>
+  <r>
+    <n v="81"/>
+    <x v="75"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="5498.04"/>
+  </r>
+  <r>
+    <n v="82"/>
+    <x v="76"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="5023.72"/>
+  </r>
+  <r>
+    <n v="83"/>
+    <x v="77"/>
+    <x v="0"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="1890.46"/>
+  </r>
+  <r>
+    <n v="84"/>
+    <x v="78"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="4768.6099999999997"/>
+  </r>
+  <r>
+    <n v="85"/>
+    <x v="79"/>
+    <x v="2"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="4222.8"/>
+  </r>
+  <r>
+    <n v="86"/>
+    <x v="80"/>
+    <x v="0"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="1657.79"/>
+  </r>
+  <r>
+    <n v="87"/>
+    <x v="81"/>
+    <x v="0"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="2933.99"/>
+  </r>
+  <r>
+    <n v="88"/>
+    <x v="82"/>
+    <x v="2"/>
+    <s v="Product B"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="4403.3500000000004"/>
+  </r>
+  <r>
+    <n v="89"/>
+    <x v="83"/>
+    <x v="1"/>
+    <s v="Product B"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="8388.98"/>
+  </r>
+  <r>
+    <n v="90"/>
+    <x v="36"/>
+    <x v="0"/>
+    <s v="Product B"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="5473.34"/>
+  </r>
+  <r>
+    <n v="91"/>
+    <x v="84"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="6788.83"/>
+  </r>
+  <r>
+    <n v="92"/>
+    <x v="85"/>
+    <x v="3"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="3196.79"/>
+  </r>
+  <r>
+    <n v="93"/>
+    <x v="86"/>
+    <x v="2"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="4982.41"/>
+  </r>
+  <r>
+    <n v="94"/>
+    <x v="81"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="3752.08"/>
+  </r>
+  <r>
+    <n v="95"/>
+    <x v="87"/>
+    <x v="1"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="5613.9"/>
+  </r>
+  <r>
+    <n v="96"/>
+    <x v="88"/>
+    <x v="2"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="1504.27"/>
+  </r>
+  <r>
+    <n v="97"/>
+    <x v="89"/>
+    <x v="3"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="6127.37"/>
+  </r>
+  <r>
+    <n v="98"/>
+    <x v="90"/>
+    <x v="2"/>
+    <s v="Product B"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="4062.32"/>
+  </r>
+  <r>
+    <n v="99"/>
+    <x v="91"/>
+    <x v="1"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="7197.78"/>
+  </r>
+  <r>
+    <n v="100"/>
+    <x v="92"/>
+    <x v="2"/>
+    <s v="Product B"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="3167.93"/>
+  </r>
+  <r>
+    <n v="101"/>
+    <x v="93"/>
+    <x v="2"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="6912.75"/>
+  </r>
+  <r>
+    <n v="102"/>
+    <x v="94"/>
+    <x v="1"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="3070.21"/>
+  </r>
+  <r>
+    <n v="103"/>
+    <x v="95"/>
+    <x v="2"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="6297.36"/>
+  </r>
+  <r>
+    <n v="104"/>
+    <x v="96"/>
+    <x v="2"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="6274.41"/>
+  </r>
+  <r>
+    <n v="105"/>
+    <x v="97"/>
+    <x v="3"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="2165.2399999999998"/>
+  </r>
+  <r>
+    <n v="106"/>
+    <x v="98"/>
+    <x v="1"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="7090.96"/>
+  </r>
+  <r>
+    <n v="107"/>
+    <x v="99"/>
+    <x v="2"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="6271.22"/>
+  </r>
+  <r>
+    <n v="108"/>
+    <x v="100"/>
+    <x v="2"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="8078.41"/>
+  </r>
+  <r>
+    <n v="109"/>
+    <x v="101"/>
+    <x v="0"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="5884.81"/>
+  </r>
+  <r>
+    <n v="110"/>
+    <x v="102"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="8298.44"/>
+  </r>
+  <r>
+    <n v="111"/>
+    <x v="103"/>
+    <x v="2"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="8307.75"/>
+  </r>
+  <r>
+    <n v="112"/>
+    <x v="104"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="7108.14"/>
+  </r>
+  <r>
+    <n v="113"/>
+    <x v="46"/>
+    <x v="2"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="9175.43"/>
+  </r>
+  <r>
+    <n v="114"/>
+    <x v="105"/>
+    <x v="0"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="4953.46"/>
+  </r>
+  <r>
+    <n v="115"/>
+    <x v="106"/>
+    <x v="2"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="8551.59"/>
+  </r>
+  <r>
+    <n v="116"/>
+    <x v="107"/>
+    <x v="0"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="6856.2"/>
+  </r>
+  <r>
+    <n v="117"/>
+    <x v="108"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="4001.38"/>
+  </r>
+  <r>
+    <n v="118"/>
+    <x v="109"/>
+    <x v="0"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="8219.26"/>
+  </r>
+  <r>
+    <n v="119"/>
+    <x v="110"/>
+    <x v="0"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="4244.0600000000004"/>
+  </r>
+  <r>
+    <n v="120"/>
+    <x v="95"/>
+    <x v="0"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="1382.24"/>
+  </r>
+  <r>
+    <n v="121"/>
+    <x v="111"/>
+    <x v="2"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="6849.38"/>
+  </r>
+  <r>
+    <n v="122"/>
+    <x v="101"/>
+    <x v="0"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="5127.8999999999996"/>
+  </r>
+  <r>
+    <n v="123"/>
+    <x v="31"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="5511"/>
+  </r>
+  <r>
+    <n v="124"/>
+    <x v="112"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="5429.84"/>
+  </r>
+  <r>
+    <n v="125"/>
+    <x v="113"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="4112.51"/>
+  </r>
+  <r>
+    <n v="126"/>
+    <x v="114"/>
+    <x v="0"/>
+    <s v="Product B"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="2447.6999999999998"/>
+  </r>
+  <r>
+    <n v="127"/>
+    <x v="115"/>
+    <x v="2"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="5748.15"/>
+  </r>
+  <r>
+    <n v="128"/>
+    <x v="116"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="3068.45"/>
+  </r>
+  <r>
+    <n v="129"/>
+    <x v="72"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="1815.95"/>
+  </r>
+  <r>
+    <n v="130"/>
+    <x v="117"/>
+    <x v="2"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="1667.92"/>
+  </r>
+  <r>
+    <n v="131"/>
+    <x v="118"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="8572.8799999999992"/>
+  </r>
+  <r>
+    <n v="132"/>
+    <x v="96"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="5465.24"/>
+  </r>
+  <r>
+    <n v="133"/>
+    <x v="119"/>
+    <x v="2"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="6955.46"/>
+  </r>
+  <r>
+    <n v="134"/>
+    <x v="120"/>
+    <x v="0"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="3655.09"/>
+  </r>
+  <r>
+    <n v="135"/>
+    <x v="121"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="5868.25"/>
+  </r>
+  <r>
+    <n v="136"/>
+    <x v="122"/>
+    <x v="1"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="7546.91"/>
+  </r>
+  <r>
+    <n v="137"/>
+    <x v="21"/>
+    <x v="0"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="9010.1"/>
+  </r>
+  <r>
+    <n v="138"/>
+    <x v="106"/>
+    <x v="2"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="7848.86"/>
+  </r>
+  <r>
+    <n v="139"/>
+    <x v="123"/>
+    <x v="0"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="1857.04"/>
+  </r>
+  <r>
+    <n v="140"/>
+    <x v="124"/>
+    <x v="2"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="4191.3"/>
+  </r>
+  <r>
+    <n v="141"/>
+    <x v="125"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="9505.08"/>
+  </r>
+  <r>
+    <n v="142"/>
+    <x v="126"/>
+    <x v="2"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="3440.39"/>
+  </r>
+  <r>
+    <n v="143"/>
+    <x v="127"/>
+    <x v="0"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="4651.3"/>
+  </r>
+  <r>
+    <n v="144"/>
+    <x v="128"/>
+    <x v="1"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="4484.3500000000004"/>
+  </r>
+  <r>
+    <n v="145"/>
+    <x v="129"/>
+    <x v="0"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="4869.91"/>
+  </r>
+  <r>
+    <n v="146"/>
+    <x v="67"/>
+    <x v="2"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="2332.7800000000002"/>
+  </r>
+  <r>
+    <n v="147"/>
+    <x v="47"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="1969.77"/>
+  </r>
+  <r>
+    <n v="148"/>
+    <x v="130"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="9787.61"/>
+  </r>
+  <r>
+    <n v="149"/>
+    <x v="131"/>
+    <x v="1"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="7056.53"/>
+  </r>
+  <r>
+    <n v="150"/>
+    <x v="132"/>
+    <x v="2"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="2458.85"/>
+  </r>
+  <r>
+    <n v="151"/>
+    <x v="133"/>
+    <x v="0"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="2649.11"/>
+  </r>
+  <r>
+    <n v="152"/>
+    <x v="102"/>
+    <x v="2"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="8184.92"/>
+  </r>
+  <r>
+    <n v="153"/>
+    <x v="44"/>
+    <x v="3"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="2958.48"/>
+  </r>
+  <r>
+    <n v="154"/>
+    <x v="134"/>
+    <x v="0"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="6941.52"/>
+  </r>
+  <r>
+    <n v="155"/>
+    <x v="135"/>
+    <x v="3"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="3291.11"/>
+  </r>
+  <r>
+    <n v="156"/>
+    <x v="136"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="9633"/>
+  </r>
+  <r>
+    <n v="157"/>
+    <x v="137"/>
+    <x v="0"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="1130.75"/>
+  </r>
+  <r>
+    <n v="158"/>
+    <x v="138"/>
+    <x v="1"/>
+    <s v="Product B"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="6288.37"/>
+  </r>
+  <r>
+    <n v="159"/>
+    <x v="139"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="9706.8700000000008"/>
+  </r>
+  <r>
+    <n v="160"/>
+    <x v="140"/>
+    <x v="2"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="8612.6200000000008"/>
+  </r>
+  <r>
+    <n v="161"/>
+    <x v="141"/>
+    <x v="3"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="4701"/>
+  </r>
+  <r>
+    <n v="162"/>
+    <x v="142"/>
+    <x v="2"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="1101.55"/>
+  </r>
+  <r>
+    <n v="163"/>
+    <x v="143"/>
+    <x v="1"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="1113.6500000000001"/>
+  </r>
+  <r>
+    <n v="164"/>
+    <x v="144"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="2950.9"/>
+  </r>
+  <r>
+    <n v="165"/>
+    <x v="145"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="3028.4"/>
+  </r>
+  <r>
+    <n v="166"/>
+    <x v="84"/>
+    <x v="3"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="9821.0499999999993"/>
+  </r>
+  <r>
+    <n v="167"/>
+    <x v="146"/>
+    <x v="0"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="7392.01"/>
+  </r>
+  <r>
+    <n v="168"/>
+    <x v="147"/>
+    <x v="0"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="9809.41"/>
+  </r>
+  <r>
+    <n v="169"/>
+    <x v="22"/>
+    <x v="0"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="7848.27"/>
+  </r>
+  <r>
+    <n v="170"/>
+    <x v="148"/>
+    <x v="0"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="2470.15"/>
+  </r>
+  <r>
+    <n v="171"/>
+    <x v="149"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="9046.84"/>
+  </r>
+  <r>
+    <n v="172"/>
+    <x v="150"/>
+    <x v="1"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="6839.89"/>
+  </r>
+  <r>
+    <n v="173"/>
+    <x v="151"/>
+    <x v="1"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="6364.26"/>
+  </r>
+  <r>
+    <n v="174"/>
+    <x v="72"/>
+    <x v="2"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="5659.11"/>
+  </r>
+  <r>
+    <n v="175"/>
+    <x v="152"/>
+    <x v="1"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="2884.54"/>
+  </r>
+  <r>
+    <n v="176"/>
+    <x v="153"/>
+    <x v="1"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="4265.8999999999996"/>
+  </r>
+  <r>
+    <n v="177"/>
+    <x v="113"/>
+    <x v="1"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="2169.34"/>
+  </r>
+  <r>
+    <n v="178"/>
+    <x v="154"/>
+    <x v="0"/>
+    <s v="Product B"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="8378.52"/>
+  </r>
+  <r>
+    <n v="179"/>
+    <x v="155"/>
+    <x v="0"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="6544.66"/>
+  </r>
+  <r>
+    <n v="180"/>
+    <x v="156"/>
+    <x v="1"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="6468.49"/>
+  </r>
+  <r>
+    <n v="181"/>
+    <x v="157"/>
+    <x v="3"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="8314.48"/>
+  </r>
+  <r>
+    <n v="182"/>
+    <x v="158"/>
+    <x v="2"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="8640.7800000000007"/>
+  </r>
+  <r>
+    <n v="183"/>
+    <x v="159"/>
+    <x v="2"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="7699.69"/>
+  </r>
+  <r>
+    <n v="184"/>
+    <x v="160"/>
+    <x v="0"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="4471.26"/>
+  </r>
+  <r>
+    <n v="185"/>
+    <x v="161"/>
+    <x v="1"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="4633.99"/>
+  </r>
+  <r>
+    <n v="186"/>
+    <x v="162"/>
+    <x v="2"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="3051.96"/>
+  </r>
+  <r>
+    <n v="187"/>
+    <x v="163"/>
+    <x v="2"/>
+    <s v="Product B"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="6111.23"/>
+  </r>
+  <r>
+    <n v="188"/>
+    <x v="101"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="8150.61"/>
+  </r>
+  <r>
+    <n v="189"/>
+    <x v="75"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="5939.04"/>
+  </r>
+  <r>
+    <n v="190"/>
+    <x v="164"/>
+    <x v="2"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="8995.02"/>
+  </r>
+  <r>
+    <n v="191"/>
+    <x v="165"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="9532.48"/>
+  </r>
+  <r>
+    <n v="192"/>
+    <x v="166"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="5027.96"/>
+  </r>
+  <r>
+    <n v="193"/>
+    <x v="167"/>
+    <x v="0"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="3456.11"/>
+  </r>
+  <r>
+    <n v="194"/>
+    <x v="168"/>
+    <x v="3"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="2110.5"/>
+  </r>
+  <r>
+    <n v="195"/>
+    <x v="169"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="6678.33"/>
+  </r>
+  <r>
+    <n v="196"/>
+    <x v="41"/>
+    <x v="0"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="2168.64"/>
+  </r>
+  <r>
+    <n v="197"/>
+    <x v="170"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="3416.56"/>
+  </r>
+  <r>
+    <n v="198"/>
+    <x v="171"/>
+    <x v="1"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="4286.25"/>
+  </r>
+  <r>
+    <n v="199"/>
+    <x v="172"/>
+    <x v="0"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="5497.91"/>
+  </r>
+  <r>
+    <n v="200"/>
+    <x v="173"/>
+    <x v="3"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="5354.48"/>
+  </r>
+  <r>
+    <n v="201"/>
+    <x v="41"/>
+    <x v="0"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="5260.36"/>
+  </r>
+  <r>
+    <n v="202"/>
+    <x v="157"/>
+    <x v="0"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="5036.47"/>
+  </r>
+  <r>
+    <n v="203"/>
+    <x v="174"/>
+    <x v="2"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="5919.09"/>
+  </r>
+  <r>
+    <n v="204"/>
+    <x v="175"/>
+    <x v="2"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="7347.79"/>
+  </r>
+  <r>
+    <n v="205"/>
+    <x v="20"/>
+    <x v="0"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="6900.46"/>
+  </r>
+  <r>
+    <n v="206"/>
+    <x v="176"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="1744.73"/>
+  </r>
+  <r>
+    <n v="207"/>
+    <x v="177"/>
+    <x v="1"/>
+    <s v="Product B"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="7988.98"/>
+  </r>
+  <r>
+    <n v="208"/>
+    <x v="178"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="7470.24"/>
+  </r>
+  <r>
+    <n v="209"/>
+    <x v="179"/>
+    <x v="3"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="3789.45"/>
+  </r>
+  <r>
+    <n v="210"/>
+    <x v="180"/>
+    <x v="0"/>
+    <s v="Product B"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="7372.29"/>
+  </r>
+  <r>
+    <n v="211"/>
+    <x v="181"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="8005.21"/>
+  </r>
+  <r>
+    <n v="212"/>
+    <x v="182"/>
+    <x v="3"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="4297.0600000000004"/>
+  </r>
+  <r>
+    <n v="213"/>
+    <x v="183"/>
+    <x v="3"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="4766.38"/>
+  </r>
+  <r>
+    <n v="214"/>
+    <x v="184"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="1558.84"/>
+  </r>
+  <r>
+    <n v="215"/>
+    <x v="136"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="1707.95"/>
+  </r>
+  <r>
+    <n v="216"/>
+    <x v="185"/>
+    <x v="2"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="2311.48"/>
+  </r>
+  <r>
+    <n v="217"/>
+    <x v="186"/>
+    <x v="3"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="3858.81"/>
+  </r>
+  <r>
+    <n v="218"/>
+    <x v="187"/>
+    <x v="0"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="7105.01"/>
+  </r>
+  <r>
+    <n v="219"/>
+    <x v="188"/>
+    <x v="3"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="1812.11"/>
+  </r>
+  <r>
+    <n v="220"/>
+    <x v="189"/>
+    <x v="3"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="3225.39"/>
+  </r>
+  <r>
+    <n v="221"/>
+    <x v="190"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="6881.15"/>
+  </r>
+  <r>
+    <n v="222"/>
+    <x v="191"/>
+    <x v="2"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="1665.02"/>
+  </r>
+  <r>
+    <n v="223"/>
+    <x v="53"/>
+    <x v="0"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="4390.05"/>
+  </r>
+  <r>
+    <n v="224"/>
+    <x v="192"/>
+    <x v="1"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="2099.91"/>
+  </r>
+  <r>
+    <n v="225"/>
+    <x v="193"/>
+    <x v="1"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="2104.48"/>
+  </r>
+  <r>
+    <n v="226"/>
+    <x v="27"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="7651.24"/>
+  </r>
+  <r>
+    <n v="227"/>
+    <x v="28"/>
+    <x v="0"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="6338.45"/>
+  </r>
+  <r>
+    <n v="228"/>
+    <x v="194"/>
+    <x v="1"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="5601.38"/>
+  </r>
+  <r>
+    <n v="229"/>
+    <x v="195"/>
+    <x v="1"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="2610.65"/>
+  </r>
+  <r>
+    <n v="230"/>
+    <x v="196"/>
+    <x v="0"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="3464.4"/>
+  </r>
+  <r>
+    <n v="231"/>
+    <x v="197"/>
+    <x v="0"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="5032.13"/>
+  </r>
+  <r>
+    <n v="232"/>
+    <x v="198"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="1198.33"/>
+  </r>
+  <r>
+    <n v="233"/>
+    <x v="199"/>
+    <x v="0"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="2661.98"/>
+  </r>
+  <r>
+    <n v="234"/>
+    <x v="200"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="7273.06"/>
+  </r>
+  <r>
+    <n v="235"/>
+    <x v="201"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="7862.2"/>
+  </r>
+  <r>
+    <n v="236"/>
+    <x v="14"/>
+    <x v="0"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="3391.59"/>
+  </r>
+  <r>
+    <n v="237"/>
+    <x v="202"/>
+    <x v="2"/>
+    <s v="Product B"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="8628.2900000000009"/>
+  </r>
+  <r>
+    <n v="238"/>
+    <x v="197"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="3407.65"/>
+  </r>
+  <r>
+    <n v="239"/>
+    <x v="203"/>
+    <x v="0"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="1725.88"/>
+  </r>
+  <r>
+    <n v="240"/>
+    <x v="154"/>
+    <x v="2"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="6469.89"/>
+  </r>
+  <r>
+    <n v="241"/>
+    <x v="204"/>
+    <x v="1"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="5315.57"/>
+  </r>
+  <r>
+    <n v="242"/>
+    <x v="174"/>
+    <x v="0"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="8886.1200000000008"/>
+  </r>
+  <r>
+    <n v="243"/>
+    <x v="186"/>
+    <x v="0"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="5288.53"/>
+  </r>
+  <r>
+    <n v="244"/>
+    <x v="205"/>
+    <x v="1"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="6438.63"/>
+  </r>
+  <r>
+    <n v="245"/>
+    <x v="206"/>
+    <x v="2"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="3866.51"/>
+  </r>
+  <r>
+    <n v="246"/>
+    <x v="36"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="5720.99"/>
+  </r>
+  <r>
+    <n v="247"/>
+    <x v="207"/>
+    <x v="0"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="7916.15"/>
+  </r>
+  <r>
+    <n v="248"/>
+    <x v="55"/>
+    <x v="0"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="9290.18"/>
+  </r>
+  <r>
+    <n v="249"/>
+    <x v="28"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="7078.55"/>
+  </r>
+  <r>
+    <n v="250"/>
+    <x v="208"/>
+    <x v="2"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="8913.6299999999992"/>
+  </r>
+  <r>
+    <n v="251"/>
+    <x v="209"/>
+    <x v="2"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="4002.2"/>
+  </r>
+  <r>
+    <n v="252"/>
+    <x v="210"/>
+    <x v="2"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="5759.42"/>
+  </r>
+  <r>
+    <n v="253"/>
+    <x v="211"/>
+    <x v="2"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="6280.45"/>
+  </r>
+  <r>
+    <n v="254"/>
+    <x v="212"/>
+    <x v="0"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="9160.7800000000007"/>
+  </r>
+  <r>
+    <n v="255"/>
+    <x v="213"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="8874.48"/>
+  </r>
+  <r>
+    <n v="256"/>
+    <x v="214"/>
+    <x v="2"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="8887.48"/>
+  </r>
+  <r>
+    <n v="257"/>
+    <x v="215"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="9479.51"/>
+  </r>
+  <r>
+    <n v="258"/>
+    <x v="216"/>
+    <x v="2"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="4887.6099999999997"/>
+  </r>
+  <r>
+    <n v="259"/>
+    <x v="163"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="9067.82"/>
+  </r>
+  <r>
+    <n v="260"/>
+    <x v="217"/>
+    <x v="1"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="1789.84"/>
+  </r>
+  <r>
+    <n v="261"/>
+    <x v="42"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="8880.42"/>
+  </r>
+  <r>
+    <n v="262"/>
+    <x v="218"/>
+    <x v="2"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="4513.45"/>
+  </r>
+  <r>
+    <n v="263"/>
+    <x v="219"/>
+    <x v="1"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="2296.96"/>
+  </r>
+  <r>
+    <n v="264"/>
+    <x v="220"/>
+    <x v="1"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="3809.08"/>
+  </r>
+  <r>
+    <n v="265"/>
+    <x v="130"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="1801.58"/>
+  </r>
+  <r>
+    <n v="266"/>
+    <x v="76"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="9086.89"/>
+  </r>
+  <r>
+    <n v="267"/>
+    <x v="221"/>
+    <x v="3"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="3130.96"/>
+  </r>
+  <r>
+    <n v="268"/>
+    <x v="26"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="5431.24"/>
+  </r>
+  <r>
+    <n v="269"/>
+    <x v="222"/>
+    <x v="3"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="4792.45"/>
+  </r>
+  <r>
+    <n v="270"/>
+    <x v="60"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="3754.24"/>
+  </r>
+  <r>
+    <n v="271"/>
+    <x v="223"/>
+    <x v="0"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="9103.48"/>
+  </r>
+  <r>
+    <n v="272"/>
+    <x v="96"/>
+    <x v="1"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="5762.12"/>
+  </r>
+  <r>
+    <n v="273"/>
+    <x v="224"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="1148.57"/>
+  </r>
+  <r>
+    <n v="274"/>
+    <x v="225"/>
+    <x v="0"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="7918.03"/>
+  </r>
+  <r>
+    <n v="275"/>
+    <x v="226"/>
+    <x v="1"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="6008.59"/>
+  </r>
+  <r>
+    <n v="276"/>
+    <x v="205"/>
+    <x v="2"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="5596.7"/>
+  </r>
+  <r>
+    <n v="277"/>
+    <x v="143"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="5735.26"/>
+  </r>
+  <r>
+    <n v="278"/>
+    <x v="227"/>
+    <x v="2"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="9039.4500000000007"/>
+  </r>
+  <r>
+    <n v="279"/>
+    <x v="228"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="9647.51"/>
+  </r>
+  <r>
+    <n v="280"/>
+    <x v="135"/>
+    <x v="0"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="2136.5300000000002"/>
+  </r>
+  <r>
+    <n v="281"/>
+    <x v="229"/>
+    <x v="1"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="7104.59"/>
+  </r>
+  <r>
+    <n v="282"/>
+    <x v="87"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="6321.1"/>
+  </r>
+  <r>
+    <n v="283"/>
+    <x v="39"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="2918.46"/>
+  </r>
+  <r>
+    <n v="284"/>
+    <x v="230"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="5628.92"/>
+  </r>
+  <r>
+    <n v="285"/>
+    <x v="224"/>
+    <x v="3"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="4882.42"/>
+  </r>
+  <r>
+    <n v="286"/>
+    <x v="231"/>
+    <x v="0"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="2721.1"/>
+  </r>
+  <r>
+    <n v="287"/>
+    <x v="232"/>
+    <x v="0"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="6864.24"/>
+  </r>
+  <r>
+    <n v="288"/>
+    <x v="233"/>
+    <x v="3"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="3056.02"/>
+  </r>
+  <r>
+    <n v="289"/>
+    <x v="234"/>
+    <x v="1"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="6776.36"/>
+  </r>
+  <r>
+    <n v="290"/>
+    <x v="235"/>
+    <x v="0"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="9429.94"/>
+  </r>
+  <r>
+    <n v="291"/>
+    <x v="236"/>
+    <x v="0"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="2513.87"/>
+  </r>
+  <r>
+    <n v="292"/>
+    <x v="237"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="6395.16"/>
+  </r>
+  <r>
+    <n v="293"/>
+    <x v="171"/>
+    <x v="0"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="7123.3"/>
+  </r>
+  <r>
+    <n v="294"/>
+    <x v="66"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="2833.7"/>
+  </r>
+  <r>
+    <n v="295"/>
+    <x v="238"/>
+    <x v="2"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="7991.5"/>
+  </r>
+  <r>
+    <n v="296"/>
+    <x v="239"/>
+    <x v="2"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="9113.7999999999993"/>
+  </r>
+  <r>
+    <n v="297"/>
+    <x v="88"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="4359.68"/>
+  </r>
+  <r>
+    <n v="298"/>
+    <x v="240"/>
+    <x v="2"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="9739.24"/>
+  </r>
+  <r>
+    <n v="299"/>
+    <x v="228"/>
+    <x v="2"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="1527.34"/>
+  </r>
+  <r>
+    <n v="300"/>
+    <x v="180"/>
+    <x v="3"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="1233.19"/>
+  </r>
+  <r>
+    <n v="301"/>
+    <x v="241"/>
+    <x v="0"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="6459.91"/>
+  </r>
+  <r>
+    <n v="302"/>
+    <x v="242"/>
+    <x v="2"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="5193.3999999999996"/>
+  </r>
+  <r>
+    <n v="303"/>
+    <x v="27"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="9553.4"/>
+  </r>
+  <r>
+    <n v="304"/>
+    <x v="128"/>
+    <x v="0"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="3014.6"/>
+  </r>
+  <r>
+    <n v="305"/>
+    <x v="243"/>
+    <x v="0"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="6473.64"/>
+  </r>
+  <r>
+    <n v="306"/>
+    <x v="217"/>
+    <x v="2"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="4944.97"/>
+  </r>
+  <r>
+    <n v="307"/>
+    <x v="244"/>
+    <x v="0"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="4134.2700000000004"/>
+  </r>
+  <r>
+    <n v="308"/>
+    <x v="73"/>
+    <x v="1"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="3374.46"/>
+  </r>
+  <r>
+    <n v="309"/>
+    <x v="245"/>
+    <x v="2"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="3256.01"/>
+  </r>
+  <r>
+    <n v="310"/>
+    <x v="246"/>
+    <x v="2"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="6694.53"/>
+  </r>
+  <r>
+    <n v="311"/>
+    <x v="247"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="2858.15"/>
+  </r>
+  <r>
+    <n v="312"/>
+    <x v="11"/>
+    <x v="3"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="2851.02"/>
+  </r>
+  <r>
+    <n v="313"/>
+    <x v="248"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="8552.83"/>
+  </r>
+  <r>
+    <n v="314"/>
+    <x v="249"/>
+    <x v="1"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="5883.46"/>
+  </r>
+  <r>
+    <n v="315"/>
+    <x v="250"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="9418.5"/>
+  </r>
+  <r>
+    <n v="316"/>
+    <x v="79"/>
+    <x v="2"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="9007"/>
+  </r>
+  <r>
+    <n v="317"/>
+    <x v="251"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="1360"/>
+  </r>
+  <r>
+    <n v="318"/>
+    <x v="252"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="5551.83"/>
+  </r>
+  <r>
+    <n v="319"/>
+    <x v="233"/>
+    <x v="2"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="6742.81"/>
+  </r>
+  <r>
+    <n v="320"/>
+    <x v="86"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="9913.43"/>
+  </r>
+  <r>
+    <n v="321"/>
+    <x v="131"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="8567.24"/>
+  </r>
+  <r>
+    <n v="322"/>
+    <x v="29"/>
+    <x v="0"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="5869.62"/>
+  </r>
+  <r>
+    <n v="323"/>
+    <x v="253"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="4237.22"/>
+  </r>
+  <r>
+    <n v="324"/>
+    <x v="254"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="9419.73"/>
+  </r>
+  <r>
+    <n v="325"/>
+    <x v="255"/>
+    <x v="0"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="2932.93"/>
+  </r>
+  <r>
+    <n v="326"/>
+    <x v="178"/>
+    <x v="2"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="3606.27"/>
+  </r>
+  <r>
+    <n v="327"/>
+    <x v="256"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="5461.07"/>
+  </r>
+  <r>
+    <n v="328"/>
+    <x v="139"/>
+    <x v="1"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="3666.99"/>
+  </r>
+  <r>
+    <n v="329"/>
+    <x v="208"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="5803.36"/>
+  </r>
+  <r>
+    <n v="330"/>
+    <x v="214"/>
+    <x v="2"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="9537.4699999999993"/>
+  </r>
+  <r>
+    <n v="331"/>
+    <x v="257"/>
+    <x v="2"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="7830.46"/>
+  </r>
+  <r>
+    <n v="332"/>
+    <x v="258"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="6675.85"/>
+  </r>
+  <r>
+    <n v="333"/>
+    <x v="259"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="2290.73"/>
+  </r>
+  <r>
+    <n v="334"/>
+    <x v="260"/>
+    <x v="2"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="5366.74"/>
+  </r>
+  <r>
+    <n v="335"/>
+    <x v="261"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="1798.97"/>
+  </r>
+  <r>
+    <n v="336"/>
+    <x v="262"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="8457.58"/>
+  </r>
+  <r>
+    <n v="337"/>
+    <x v="61"/>
+    <x v="3"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="4989.0200000000004"/>
+  </r>
+  <r>
+    <n v="338"/>
+    <x v="263"/>
+    <x v="2"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="2466.48"/>
+  </r>
+  <r>
+    <n v="339"/>
+    <x v="264"/>
+    <x v="1"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="1564.61"/>
+  </r>
+  <r>
+    <n v="340"/>
+    <x v="218"/>
+    <x v="2"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="9798.15"/>
+  </r>
+  <r>
+    <n v="341"/>
+    <x v="265"/>
+    <x v="1"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="3893.5"/>
+  </r>
+  <r>
+    <n v="342"/>
+    <x v="252"/>
+    <x v="1"/>
+    <s v="Product B"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="2535.17"/>
+  </r>
+  <r>
+    <n v="343"/>
+    <x v="266"/>
+    <x v="1"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="6072.59"/>
+  </r>
+  <r>
+    <n v="344"/>
+    <x v="35"/>
+    <x v="3"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="2644.26"/>
+  </r>
+  <r>
+    <n v="345"/>
+    <x v="145"/>
+    <x v="0"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="9758.01"/>
+  </r>
+  <r>
+    <n v="346"/>
+    <x v="267"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="6812.41"/>
+  </r>
+  <r>
+    <n v="347"/>
+    <x v="268"/>
+    <x v="1"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="2659.13"/>
+  </r>
+  <r>
+    <n v="348"/>
+    <x v="92"/>
+    <x v="0"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="6309.49"/>
+  </r>
+  <r>
+    <n v="349"/>
+    <x v="54"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="2522.81"/>
+  </r>
+  <r>
+    <n v="350"/>
+    <x v="269"/>
+    <x v="2"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="7417.51"/>
+  </r>
+  <r>
+    <n v="351"/>
+    <x v="270"/>
+    <x v="0"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="4034.19"/>
+  </r>
+  <r>
+    <n v="352"/>
+    <x v="26"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="9639.1"/>
+  </r>
+  <r>
+    <n v="353"/>
+    <x v="271"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="3001.01"/>
+  </r>
+  <r>
+    <n v="354"/>
+    <x v="147"/>
+    <x v="3"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="6421.33"/>
+  </r>
+  <r>
+    <n v="355"/>
+    <x v="251"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="8366.18"/>
+  </r>
+  <r>
+    <n v="356"/>
+    <x v="243"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="1960.25"/>
+  </r>
+  <r>
+    <n v="357"/>
+    <x v="255"/>
+    <x v="1"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="7145.84"/>
+  </r>
+  <r>
+    <n v="358"/>
+    <x v="272"/>
+    <x v="1"/>
+    <s v="Product B"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="5314.06"/>
+  </r>
+  <r>
+    <n v="359"/>
+    <x v="260"/>
+    <x v="2"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="3304.7"/>
+  </r>
+  <r>
+    <n v="360"/>
+    <x v="273"/>
+    <x v="2"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="6373.12"/>
+  </r>
+  <r>
+    <n v="361"/>
+    <x v="41"/>
+    <x v="2"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="6525.3"/>
+  </r>
+  <r>
+    <n v="362"/>
+    <x v="123"/>
+    <x v="3"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="3512.11"/>
+  </r>
+  <r>
+    <n v="363"/>
+    <x v="274"/>
+    <x v="1"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="1276.96"/>
+  </r>
+  <r>
+    <n v="364"/>
+    <x v="84"/>
+    <x v="0"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="4892.96"/>
+  </r>
+  <r>
+    <n v="365"/>
+    <x v="275"/>
+    <x v="0"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="2770.81"/>
+  </r>
+  <r>
+    <n v="366"/>
+    <x v="276"/>
+    <x v="2"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="4983.28"/>
+  </r>
+  <r>
+    <n v="367"/>
+    <x v="132"/>
+    <x v="2"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="1736.97"/>
+  </r>
+  <r>
+    <n v="368"/>
+    <x v="277"/>
+    <x v="3"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="8660.2999999999993"/>
+  </r>
+  <r>
+    <n v="369"/>
+    <x v="259"/>
+    <x v="2"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="9235.5400000000009"/>
+  </r>
+  <r>
+    <n v="370"/>
+    <x v="207"/>
+    <x v="2"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="1417.66"/>
+  </r>
+  <r>
+    <n v="371"/>
+    <x v="14"/>
+    <x v="2"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="1030.75"/>
+  </r>
+  <r>
+    <n v="372"/>
+    <x v="278"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="8538.2800000000007"/>
+  </r>
+  <r>
+    <n v="373"/>
+    <x v="279"/>
+    <x v="2"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="1558.06"/>
+  </r>
+  <r>
+    <n v="374"/>
+    <x v="280"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="1545.49"/>
+  </r>
+  <r>
+    <n v="375"/>
+    <x v="281"/>
+    <x v="2"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="5466.53"/>
+  </r>
+  <r>
+    <n v="376"/>
+    <x v="282"/>
+    <x v="2"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="3055.27"/>
+  </r>
+  <r>
+    <n v="377"/>
+    <x v="202"/>
+    <x v="2"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="8082.01"/>
+  </r>
+  <r>
+    <n v="378"/>
+    <x v="283"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="4505.95"/>
+  </r>
+  <r>
+    <n v="379"/>
+    <x v="81"/>
+    <x v="2"/>
+    <s v="Product B"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="6928.95"/>
+  </r>
+  <r>
+    <n v="380"/>
+    <x v="284"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="9891.44"/>
+  </r>
+  <r>
+    <n v="381"/>
+    <x v="285"/>
+    <x v="2"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="9093.09"/>
+  </r>
+  <r>
+    <n v="382"/>
+    <x v="286"/>
+    <x v="1"/>
+    <s v="Product B"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="7594.43"/>
+  </r>
+  <r>
+    <n v="383"/>
+    <x v="11"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="3636.15"/>
+  </r>
+  <r>
+    <n v="384"/>
+    <x v="287"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="4318.16"/>
+  </r>
+  <r>
+    <n v="385"/>
+    <x v="165"/>
+    <x v="0"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="7934.03"/>
+  </r>
+  <r>
+    <n v="386"/>
+    <x v="288"/>
+    <x v="3"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="6200.93"/>
+  </r>
+  <r>
+    <n v="387"/>
+    <x v="289"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="2183.77"/>
+  </r>
+  <r>
+    <n v="388"/>
+    <x v="290"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="4520.13"/>
+  </r>
+  <r>
+    <n v="389"/>
+    <x v="291"/>
+    <x v="1"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="8677.84"/>
+  </r>
+  <r>
+    <n v="390"/>
+    <x v="291"/>
+    <x v="0"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="7791.63"/>
+  </r>
+  <r>
+    <n v="391"/>
+    <x v="292"/>
+    <x v="0"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="3805.62"/>
+  </r>
+  <r>
+    <n v="392"/>
+    <x v="293"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="9290.08"/>
+  </r>
+  <r>
+    <n v="393"/>
+    <x v="294"/>
+    <x v="0"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="6204.01"/>
+  </r>
+  <r>
+    <n v="394"/>
+    <x v="260"/>
+    <x v="2"/>
+    <s v="Product B"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="6950.01"/>
+  </r>
+  <r>
+    <n v="395"/>
+    <x v="295"/>
+    <x v="0"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="9530.2199999999993"/>
+  </r>
+  <r>
+    <n v="396"/>
+    <x v="213"/>
+    <x v="1"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="4729.1099999999997"/>
+  </r>
+  <r>
+    <n v="397"/>
+    <x v="296"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="1950.48"/>
+  </r>
+  <r>
+    <n v="398"/>
+    <x v="38"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="4329.41"/>
+  </r>
+  <r>
+    <n v="399"/>
+    <x v="297"/>
+    <x v="3"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="5759.14"/>
+  </r>
+  <r>
+    <n v="400"/>
+    <x v="230"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="5629.57"/>
+  </r>
+  <r>
+    <n v="401"/>
+    <x v="298"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="2374.0100000000002"/>
+  </r>
+  <r>
+    <n v="402"/>
+    <x v="299"/>
+    <x v="0"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="4590.38"/>
+  </r>
+  <r>
+    <n v="403"/>
+    <x v="300"/>
+    <x v="0"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="9521.2999999999993"/>
+  </r>
+  <r>
+    <n v="404"/>
+    <x v="69"/>
+    <x v="2"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="3599.34"/>
+  </r>
+  <r>
+    <n v="405"/>
+    <x v="301"/>
+    <x v="1"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="8697.9599999999991"/>
+  </r>
+  <r>
+    <n v="406"/>
+    <x v="302"/>
+    <x v="0"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="6880.01"/>
+  </r>
+  <r>
+    <n v="407"/>
+    <x v="297"/>
+    <x v="0"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="9229.81"/>
+  </r>
+  <r>
+    <n v="408"/>
+    <x v="303"/>
+    <x v="2"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="4210.1499999999996"/>
+  </r>
+  <r>
+    <n v="409"/>
+    <x v="304"/>
+    <x v="3"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="6287.08"/>
+  </r>
+  <r>
+    <n v="410"/>
+    <x v="305"/>
+    <x v="2"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="5065.3900000000003"/>
+  </r>
+  <r>
+    <n v="411"/>
+    <x v="113"/>
+    <x v="1"/>
+    <s v="Product B"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="1206.44"/>
+  </r>
+  <r>
+    <n v="412"/>
+    <x v="109"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="8127.43"/>
+  </r>
+  <r>
+    <n v="413"/>
+    <x v="306"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="5265.91"/>
+  </r>
+  <r>
+    <n v="414"/>
+    <x v="128"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="5209.3"/>
+  </r>
+  <r>
+    <n v="415"/>
+    <x v="307"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="5942.19"/>
+  </r>
+  <r>
+    <n v="416"/>
+    <x v="308"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="3775.56"/>
+  </r>
+  <r>
+    <n v="417"/>
+    <x v="255"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="6650.14"/>
+  </r>
+  <r>
+    <n v="418"/>
+    <x v="309"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="4137.3599999999997"/>
+  </r>
+  <r>
+    <n v="419"/>
+    <x v="310"/>
+    <x v="0"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="3112.15"/>
+  </r>
+  <r>
+    <n v="420"/>
+    <x v="18"/>
+    <x v="2"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="3520.57"/>
+  </r>
+  <r>
+    <n v="421"/>
+    <x v="127"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="2129.63"/>
+  </r>
+  <r>
+    <n v="422"/>
+    <x v="311"/>
+    <x v="0"/>
+    <s v="Product B"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="7491.45"/>
+  </r>
+  <r>
+    <n v="423"/>
+    <x v="9"/>
+    <x v="1"/>
+    <s v="Product B"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="3200.98"/>
+  </r>
+  <r>
+    <n v="424"/>
+    <x v="312"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="7318.7"/>
+  </r>
+  <r>
+    <n v="425"/>
+    <x v="228"/>
+    <x v="1"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="5369.58"/>
+  </r>
+  <r>
+    <n v="426"/>
+    <x v="222"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="9613.7199999999993"/>
+  </r>
+  <r>
+    <n v="427"/>
+    <x v="313"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="1588.42"/>
+  </r>
+  <r>
+    <n v="428"/>
+    <x v="314"/>
+    <x v="0"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="5609.96"/>
+  </r>
+  <r>
+    <n v="429"/>
+    <x v="315"/>
+    <x v="2"/>
+    <s v="Product B"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="4628.13"/>
+  </r>
+  <r>
+    <n v="430"/>
+    <x v="316"/>
+    <x v="2"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="5025.3999999999996"/>
+  </r>
+  <r>
+    <n v="431"/>
+    <x v="31"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="7076.05"/>
+  </r>
+  <r>
+    <n v="432"/>
+    <x v="315"/>
+    <x v="3"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="1362.91"/>
+  </r>
+  <r>
+    <n v="433"/>
+    <x v="317"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="8933.07"/>
+  </r>
+  <r>
+    <n v="434"/>
+    <x v="27"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="1856.44"/>
+  </r>
+  <r>
+    <n v="435"/>
+    <x v="318"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="9231.61"/>
+  </r>
+  <r>
+    <n v="436"/>
+    <x v="94"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="5635.01"/>
+  </r>
+  <r>
+    <n v="437"/>
+    <x v="319"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="8737.7999999999993"/>
+  </r>
+  <r>
+    <n v="438"/>
+    <x v="320"/>
+    <x v="0"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="6093.06"/>
+  </r>
+  <r>
+    <n v="439"/>
+    <x v="321"/>
+    <x v="1"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="9261.2800000000007"/>
+  </r>
+  <r>
+    <n v="440"/>
+    <x v="321"/>
+    <x v="1"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="1928.43"/>
+  </r>
+  <r>
+    <n v="441"/>
+    <x v="110"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="7689.7"/>
+  </r>
+  <r>
+    <n v="442"/>
+    <x v="322"/>
+    <x v="1"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="9291.7099999999991"/>
+  </r>
+  <r>
+    <n v="443"/>
+    <x v="323"/>
+    <x v="2"/>
+    <s v="Product B"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="3545.73"/>
+  </r>
+  <r>
+    <n v="444"/>
+    <x v="62"/>
+    <x v="0"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="9315.2900000000009"/>
+  </r>
+  <r>
+    <n v="445"/>
+    <x v="107"/>
+    <x v="1"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="5487.02"/>
+  </r>
+  <r>
+    <n v="446"/>
+    <x v="324"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="2112.81"/>
+  </r>
+  <r>
+    <n v="447"/>
+    <x v="127"/>
+    <x v="1"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="1646.14"/>
+  </r>
+  <r>
+    <n v="448"/>
+    <x v="224"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="6015.17"/>
+  </r>
+  <r>
+    <n v="449"/>
+    <x v="89"/>
+    <x v="1"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="4276.87"/>
+  </r>
+  <r>
+    <n v="450"/>
+    <x v="116"/>
+    <x v="3"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="9435.86"/>
+  </r>
+  <r>
+    <n v="451"/>
+    <x v="325"/>
+    <x v="0"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="2621.93"/>
+  </r>
+  <r>
+    <n v="452"/>
+    <x v="326"/>
+    <x v="0"/>
+    <s v="Product B"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="2865.17"/>
+  </r>
+  <r>
+    <n v="453"/>
+    <x v="327"/>
+    <x v="0"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="9749.2000000000007"/>
+  </r>
+  <r>
+    <n v="454"/>
+    <x v="103"/>
+    <x v="0"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="7941.15"/>
+  </r>
+  <r>
+    <n v="455"/>
+    <x v="53"/>
+    <x v="2"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="7657.45"/>
+  </r>
+  <r>
+    <n v="456"/>
+    <x v="328"/>
+    <x v="2"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="4545.21"/>
+  </r>
+  <r>
+    <n v="457"/>
+    <x v="181"/>
+    <x v="2"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="8509.19"/>
+  </r>
+  <r>
+    <n v="458"/>
+    <x v="329"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="7744.57"/>
+  </r>
+  <r>
+    <n v="459"/>
+    <x v="281"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="2808.24"/>
+  </r>
+  <r>
+    <n v="460"/>
+    <x v="200"/>
+    <x v="2"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="3369.43"/>
+  </r>
+  <r>
+    <n v="461"/>
+    <x v="330"/>
+    <x v="2"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="7913.39"/>
+  </r>
+  <r>
+    <n v="462"/>
+    <x v="218"/>
+    <x v="0"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="9147.16"/>
+  </r>
+  <r>
+    <n v="463"/>
+    <x v="246"/>
+    <x v="0"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="8921.0300000000007"/>
+  </r>
+  <r>
+    <n v="464"/>
+    <x v="145"/>
+    <x v="3"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="8397.5499999999993"/>
+  </r>
+  <r>
+    <n v="465"/>
+    <x v="331"/>
+    <x v="0"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="9558.07"/>
+  </r>
+  <r>
+    <n v="466"/>
+    <x v="332"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="9561.8799999999992"/>
+  </r>
+  <r>
+    <n v="467"/>
+    <x v="333"/>
+    <x v="1"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="8003.82"/>
+  </r>
+  <r>
+    <n v="468"/>
+    <x v="225"/>
+    <x v="1"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="2563.88"/>
+  </r>
+  <r>
+    <n v="469"/>
+    <x v="209"/>
+    <x v="0"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="9704.06"/>
+  </r>
+  <r>
+    <n v="470"/>
+    <x v="125"/>
+    <x v="1"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="1358.25"/>
+  </r>
+  <r>
+    <n v="471"/>
+    <x v="334"/>
+    <x v="2"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="3525.54"/>
+  </r>
+  <r>
+    <n v="472"/>
+    <x v="335"/>
+    <x v="1"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="1458.78"/>
+  </r>
+  <r>
+    <n v="473"/>
+    <x v="44"/>
+    <x v="0"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="2353.7800000000002"/>
+  </r>
+  <r>
+    <n v="474"/>
+    <x v="336"/>
+    <x v="0"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="2217.48"/>
+  </r>
+  <r>
+    <n v="475"/>
+    <x v="337"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="7186.8"/>
+  </r>
+  <r>
+    <n v="476"/>
+    <x v="306"/>
+    <x v="0"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Operating Expenses"/>
+    <n v="3986.04"/>
+  </r>
+  <r>
+    <n v="477"/>
+    <x v="176"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="3534.31"/>
+  </r>
+  <r>
+    <n v="478"/>
+    <x v="338"/>
+    <x v="3"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="5317.11"/>
+  </r>
+  <r>
+    <n v="479"/>
+    <x v="46"/>
+    <x v="0"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="8124.56"/>
+  </r>
+  <r>
+    <n v="480"/>
+    <x v="339"/>
+    <x v="3"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="Operating Expenses"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="4456.8900000000003"/>
+  </r>
+  <r>
+    <n v="481"/>
+    <x v="340"/>
+    <x v="3"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="4160.59"/>
+  </r>
+  <r>
+    <n v="482"/>
+    <x v="166"/>
+    <x v="3"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="1714.39"/>
+  </r>
+  <r>
+    <n v="483"/>
+    <x v="341"/>
+    <x v="2"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="4704.76"/>
+  </r>
+  <r>
+    <n v="484"/>
+    <x v="342"/>
+    <x v="2"/>
+    <s v="Product A"/>
+    <s v="Marketing"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="7485.18"/>
+  </r>
+  <r>
+    <n v="485"/>
+    <x v="235"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="3434.92"/>
+  </r>
+  <r>
+    <n v="486"/>
+    <x v="343"/>
+    <x v="1"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="1968.84"/>
+  </r>
+  <r>
+    <n v="487"/>
+    <x v="344"/>
+    <x v="2"/>
+    <s v="Product C"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="5794.32"/>
+  </r>
+  <r>
+    <n v="488"/>
+    <x v="345"/>
+    <x v="2"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="7178.47"/>
+  </r>
+  <r>
+    <n v="489"/>
+    <x v="94"/>
+    <x v="0"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Revenue"/>
+    <n v="1184.8800000000001"/>
+  </r>
+  <r>
+    <n v="490"/>
+    <x v="346"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Revenue"/>
+    <n v="3096.44"/>
+  </r>
+  <r>
+    <n v="491"/>
+    <x v="347"/>
+    <x v="1"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="COGS"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="2628.66"/>
+  </r>
+  <r>
+    <n v="492"/>
+    <x v="348"/>
+    <x v="3"/>
+    <s v="Product A"/>
+    <s v="Sales"/>
+    <s v="Operating Expenses"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="6405.89"/>
+  </r>
+  <r>
+    <n v="493"/>
+    <x v="349"/>
+    <x v="2"/>
+    <s v="Product B"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="1906.93"/>
+  </r>
+  <r>
+    <n v="494"/>
+    <x v="350"/>
+    <x v="2"/>
+    <s v="Product B"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Net Income"/>
+    <n v="7266.23"/>
+  </r>
+  <r>
+    <n v="495"/>
+    <x v="351"/>
+    <x v="3"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="Operating Expenses"/>
+    <n v="3500.83"/>
+  </r>
+  <r>
+    <n v="496"/>
+    <x v="182"/>
+    <x v="2"/>
+    <s v="Product C"/>
+    <s v="Operations"/>
+    <s v="Revenue"/>
+    <s v="Balance Sheet"/>
+    <s v="COGS"/>
+    <n v="5871.04"/>
+  </r>
+  <r>
+    <n v="497"/>
+    <x v="109"/>
+    <x v="0"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="COGS"/>
+    <n v="8731.98"/>
+  </r>
+  <r>
+    <n v="498"/>
+    <x v="352"/>
+    <x v="1"/>
+    <s v="Product B"/>
+    <s v="Sales"/>
+    <s v="Revenue"/>
+    <s v="P&amp;L"/>
+    <s v="Gross Profit"/>
+    <n v="2897.86"/>
+  </r>
+  <r>
+    <n v="499"/>
+    <x v="340"/>
+    <x v="2"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Gross Profit"/>
+    <n v="1382.4"/>
+  </r>
+  <r>
+    <n v="500"/>
+    <x v="353"/>
+    <x v="3"/>
+    <s v="Product C"/>
+    <s v="Marketing"/>
+    <s v="COGS"/>
+    <s v="Balance Sheet"/>
+    <s v="Net Income"/>
+    <n v="7878.76"/>
+  </r>
+  <r>
+    <m/>
+    <x v="354"/>
+    <x v="4"/>
+    <m/>
+    <m/>
+    <m/>
+    <m/>
+    <m/>
+    <m/>
+  </r>
+</pivotCacheRecords>
+</file>
+
+<file path=xl/pivotTables/_rels/pivotTable1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="../pivotCache/pivotCacheDefinition1.xml"/></Relationships>
+</file>
+
+<file path=xl/pivotTables/_rels/pivotTable2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="../pivotCache/pivotCacheDefinition2.xml"/></Relationships>
+</file>
+
+<file path=xl/pivotTables/_rels/pivotTable3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="../pivotCache/pivotCacheDefinition1.xml"/></Relationships>
+</file>
+
+<file path=xl/pivotTables/pivotTable1.xml><?xml version="1.0" encoding="utf-8"?>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" xr:uid="{7179A622-D31D-4128-A4EF-EC2813819529}" name="PivotTable4" cacheId="13" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="1" dataCaption="Değerler" updatedVersion="8" minRefreshableVersion="3" useAutoFormatting="1" itemPrintTitles="1" createdVersion="8" indent="0" outline="1" outlineData="1" multipleFieldFilters="0" chartFormat="4">
+  <location ref="A15:E21" firstHeaderRow="1" firstDataRow="2" firstDataCol="1"/>
+  <pivotFields count="9">
+    <pivotField showAll="0"/>
+    <pivotField numFmtId="164" showAll="0"/>
+    <pivotField axis="axisRow" showAll="0">
+      <items count="5">
+        <item x="1"/>
+        <item x="3"/>
+        <item x="2"/>
+        <item x="0"/>
+        <item t="default"/>
+      </items>
+    </pivotField>
+    <pivotField axis="axisCol" showAll="0">
+      <items count="4">
+        <item x="1"/>
+        <item x="0"/>
+        <item x="2"/>
+        <item t="default"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField showAll="0"/>
+    <pivotField showAll="0"/>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="1">
+    <field x="2"/>
+  </rowFields>
+  <rowItems count="5">
+    <i>
+      <x/>
+    </i>
+    <i>
+      <x v="1"/>
+    </i>
+    <i>
+      <x v="2"/>
+    </i>
+    <i>
+      <x v="3"/>
+    </i>
+    <i t="grand">
+      <x/>
+    </i>
+  </rowItems>
+  <colFields count="1">
+    <field x="3"/>
+  </colFields>
+  <colItems count="4">
+    <i>
+      <x/>
+    </i>
+    <i>
+      <x v="1"/>
+    </i>
+    <i>
+      <x v="2"/>
+    </i>
+    <i t="grand">
+      <x/>
+    </i>
+  </colItems>
+  <dataFields count="1">
+    <dataField name="Toplam Amount" fld="8" baseField="0" baseItem="0"/>
+  </dataFields>
+  <chartFormats count="3">
+    <chartFormat chart="3" format="0" series="1">
+      <pivotArea type="data" outline="0" fieldPosition="0">
+        <references count="2">
+          <reference field="4294967294" count="1" selected="0">
+            <x v="0"/>
+          </reference>
+          <reference field="3" count="1" selected="0">
+            <x v="0"/>
+          </reference>
+        </references>
+      </pivotArea>
+    </chartFormat>
+    <chartFormat chart="3" format="1" series="1">
+      <pivotArea type="data" outline="0" fieldPosition="0">
+        <references count="2">
+          <reference field="4294967294" count="1" selected="0">
+            <x v="0"/>
+          </reference>
+          <reference field="3" count="1" selected="0">
+            <x v="1"/>
+          </reference>
+        </references>
+      </pivotArea>
+    </chartFormat>
+    <chartFormat chart="3" format="2" series="1">
+      <pivotArea type="data" outline="0" fieldPosition="0">
+        <references count="2">
+          <reference field="4294967294" count="1" selected="0">
+            <x v="0"/>
+          </reference>
+          <reference field="3" count="1" selected="0">
+            <x v="2"/>
+          </reference>
+        </references>
+      </pivotArea>
+    </chartFormat>
+  </chartFormats>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1" showRowStripes="0" showColStripes="0" showLastColumn="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" hideValuesRow="1"/>
+    </ext>
+    <ext xmlns:xpdl="http://schemas.microsoft.com/office/spreadsheetml/2016/pivotdefaultlayout" uri="{747A6164-185A-40DC-8AA5-F01512510D54}">
+      <xpdl:pivotTableDefinition16/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
+</file>
+
+<file path=xl/pivotTables/pivotTable2.xml><?xml version="1.0" encoding="utf-8"?>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" xr:uid="{433D5B1B-B88D-42CD-ABBF-C52579F43283}" name="PivotTable3" cacheId="11" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="1" dataCaption="Değerler" updatedVersion="8" minRefreshableVersion="3" useAutoFormatting="1" itemPrintTitles="1" createdVersion="8" indent="0" outline="1" outlineData="1" multipleFieldFilters="0">
+  <location ref="D3:H10" firstHeaderRow="1" firstDataRow="2" firstDataCol="1"/>
+  <pivotFields count="12">
+    <pivotField showAll="0"/>
+    <pivotField showAll="0">
+      <items count="356">
+        <item x="109"/>
+        <item x="2"/>
+        <item x="193"/>
+        <item x="141"/>
+        <item x="351"/>
+        <item x="145"/>
+        <item x="55"/>
+        <item x="76"/>
+        <item x="271"/>
+        <item x="323"/>
+        <item x="230"/>
+        <item x="142"/>
+        <item x="164"/>
+        <item x="352"/>
+        <item x="274"/>
+        <item x="61"/>
+        <item x="177"/>
+        <item x="119"/>
+        <item x="44"/>
+        <item x="198"/>
+        <item x="242"/>
+        <item x="327"/>
+        <item x="268"/>
+        <item x="287"/>
+        <item x="144"/>
+        <item x="151"/>
+        <item x="192"/>
+        <item x="90"/>
+        <item x="63"/>
+        <item x="326"/>
+        <item x="169"/>
+        <item x="115"/>
+        <item x="347"/>
+        <item x="341"/>
+        <item x="157"/>
+        <item x="353"/>
+        <item x="267"/>
+        <item x="46"/>
+        <item x="284"/>
+        <item x="299"/>
+        <item x="40"/>
+        <item x="17"/>
+        <item x="278"/>
+        <item x="65"/>
+        <item x="166"/>
+        <item x="290"/>
+        <item x="58"/>
+        <item x="208"/>
+        <item x="342"/>
+        <item x="159"/>
+        <item x="139"/>
+        <item x="291"/>
+        <item x="179"/>
+        <item x="298"/>
+        <item x="240"/>
+        <item x="107"/>
+        <item x="283"/>
+        <item x="178"/>
+        <item x="15"/>
+        <item x="277"/>
+        <item x="319"/>
+        <item x="130"/>
+        <item x="111"/>
+        <item x="226"/>
+        <item x="300"/>
+        <item x="201"/>
+        <item x="13"/>
+        <item x="49"/>
+        <item x="309"/>
+        <item x="320"/>
+        <item x="5"/>
+        <item x="243"/>
+        <item x="241"/>
+        <item x="135"/>
+        <item x="138"/>
+        <item x="312"/>
+        <item x="344"/>
+        <item x="0"/>
+        <item x="132"/>
+        <item x="62"/>
+        <item x="224"/>
+        <item x="324"/>
+        <item x="328"/>
+        <item x="78"/>
+        <item x="126"/>
+        <item x="176"/>
+        <item x="18"/>
+        <item x="306"/>
+        <item x="333"/>
+        <item x="313"/>
+        <item x="86"/>
+        <item x="340"/>
+        <item x="121"/>
+        <item x="34"/>
+        <item x="186"/>
+        <item x="338"/>
+        <item x="59"/>
+        <item x="114"/>
+        <item x="8"/>
+        <item x="124"/>
+        <item x="200"/>
+        <item x="158"/>
+        <item x="191"/>
+        <item x="175"/>
+        <item x="26"/>
+        <item x="254"/>
+        <item x="215"/>
+        <item x="23"/>
+        <item x="189"/>
+        <item x="311"/>
+        <item x="272"/>
+        <item x="106"/>
+        <item x="6"/>
+        <item x="296"/>
+        <item x="318"/>
+        <item x="185"/>
+        <item x="330"/>
+        <item x="219"/>
+        <item x="32"/>
+        <item x="348"/>
+        <item x="154"/>
+        <item x="303"/>
+        <item x="104"/>
+        <item x="316"/>
+        <item x="66"/>
+        <item x="288"/>
+        <item x="87"/>
+        <item x="222"/>
+        <item x="75"/>
+        <item x="11"/>
+        <item x="207"/>
+        <item x="101"/>
+        <item x="251"/>
+        <item x="223"/>
+        <item x="317"/>
+        <item x="118"/>
+        <item x="53"/>
+        <item x="102"/>
+        <item x="133"/>
+        <item x="321"/>
+        <item x="256"/>
+        <item x="253"/>
+        <item x="261"/>
+        <item x="81"/>
+        <item x="150"/>
+        <item x="275"/>
+        <item x="33"/>
+        <item x="187"/>
+        <item x="143"/>
+        <item x="266"/>
+        <item x="60"/>
+        <item x="339"/>
+        <item x="128"/>
+        <item x="52"/>
+        <item x="257"/>
+        <item x="129"/>
+        <item x="217"/>
+        <item x="96"/>
+        <item x="22"/>
+        <item x="21"/>
+        <item x="42"/>
+        <item x="120"/>
+        <item x="149"/>
+        <item x="260"/>
+        <item x="51"/>
+        <item x="122"/>
+        <item x="235"/>
+        <item x="285"/>
+        <item x="336"/>
+        <item x="112"/>
+        <item x="199"/>
+        <item x="10"/>
+        <item x="137"/>
+        <item x="108"/>
+        <item x="29"/>
+        <item x="249"/>
+        <item x="204"/>
+        <item x="50"/>
+        <item x="218"/>
+        <item x="99"/>
+        <item x="28"/>
+        <item x="48"/>
+        <item x="116"/>
+        <item x="83"/>
+        <item x="337"/>
+        <item x="31"/>
+        <item x="228"/>
+        <item x="168"/>
+        <item x="156"/>
+        <item x="80"/>
+        <item x="331"/>
+        <item x="188"/>
+        <item x="171"/>
+        <item x="234"/>
+        <item x="305"/>
+        <item x="280"/>
+        <item x="231"/>
+        <item x="270"/>
+        <item x="248"/>
+        <item x="36"/>
+        <item x="69"/>
+        <item x="12"/>
+        <item x="258"/>
+        <item x="148"/>
+        <item x="349"/>
+        <item x="14"/>
+        <item x="304"/>
+        <item x="281"/>
+        <item x="113"/>
+        <item x="68"/>
+        <item x="74"/>
+        <item x="184"/>
+        <item x="131"/>
+        <item x="294"/>
+        <item x="95"/>
+        <item x="211"/>
+        <item x="238"/>
+        <item x="9"/>
+        <item x="24"/>
+        <item x="315"/>
+        <item x="35"/>
+        <item x="216"/>
+        <item x="345"/>
+        <item x="301"/>
+        <item x="335"/>
+        <item x="4"/>
+        <item x="265"/>
+        <item x="279"/>
+        <item x="350"/>
+        <item x="105"/>
+        <item x="167"/>
+        <item x="194"/>
+        <item x="30"/>
+        <item x="84"/>
+        <item x="38"/>
+        <item x="237"/>
+        <item x="322"/>
+        <item x="25"/>
+        <item x="41"/>
+        <item x="190"/>
+        <item x="334"/>
+        <item x="329"/>
+        <item x="250"/>
+        <item x="210"/>
+        <item x="197"/>
+        <item x="160"/>
+        <item x="39"/>
+        <item x="221"/>
+        <item x="82"/>
+        <item x="252"/>
+        <item x="64"/>
+        <item x="77"/>
+        <item x="146"/>
+        <item x="239"/>
+        <item x="165"/>
+        <item x="286"/>
+        <item x="293"/>
+        <item x="174"/>
+        <item x="20"/>
+        <item x="262"/>
+        <item x="16"/>
+        <item x="70"/>
+        <item x="232"/>
+        <item x="170"/>
+        <item x="297"/>
+        <item x="37"/>
+        <item x="88"/>
+        <item x="229"/>
+        <item x="94"/>
+        <item x="45"/>
+        <item x="212"/>
+        <item x="181"/>
+        <item x="255"/>
+        <item x="213"/>
+        <item x="273"/>
+        <item x="314"/>
+        <item x="206"/>
+        <item x="85"/>
+        <item x="214"/>
+        <item x="282"/>
+        <item x="127"/>
+        <item x="332"/>
+        <item x="125"/>
+        <item x="152"/>
+        <item x="180"/>
+        <item x="346"/>
+        <item x="182"/>
+        <item x="302"/>
+        <item x="117"/>
+        <item x="183"/>
+        <item x="247"/>
+        <item x="155"/>
+        <item x="307"/>
+        <item x="233"/>
+        <item x="161"/>
+        <item x="244"/>
+        <item x="153"/>
+        <item x="245"/>
+        <item x="264"/>
+        <item x="57"/>
+        <item x="147"/>
+        <item x="308"/>
+        <item x="56"/>
+        <item x="263"/>
+        <item x="73"/>
+        <item x="195"/>
+        <item x="269"/>
+        <item x="325"/>
+        <item x="236"/>
+        <item x="43"/>
+        <item x="203"/>
+        <item x="27"/>
+        <item x="220"/>
+        <item x="89"/>
+        <item x="196"/>
+        <item x="225"/>
+        <item x="162"/>
+        <item x="276"/>
+        <item x="246"/>
+        <item x="136"/>
+        <item x="173"/>
+        <item x="343"/>
+        <item x="110"/>
+        <item x="98"/>
+        <item x="100"/>
+        <item x="202"/>
+        <item x="310"/>
+        <item x="295"/>
+        <item x="3"/>
+        <item x="97"/>
+        <item x="259"/>
+        <item x="72"/>
+        <item x="93"/>
+        <item x="289"/>
+        <item x="134"/>
+        <item x="140"/>
+        <item x="292"/>
+        <item x="205"/>
+        <item x="67"/>
+        <item x="7"/>
+        <item x="79"/>
+        <item x="47"/>
+        <item x="92"/>
+        <item x="91"/>
+        <item x="1"/>
+        <item x="71"/>
+        <item x="163"/>
+        <item x="227"/>
+        <item x="19"/>
+        <item x="209"/>
+        <item x="54"/>
+        <item x="123"/>
+        <item x="103"/>
+        <item x="172"/>
+        <item x="354"/>
+        <item t="default"/>
+      </items>
+    </pivotField>
+    <pivotField axis="axisRow" showAll="0">
+      <items count="6">
+        <item x="1"/>
+        <item x="3"/>
+        <item x="2"/>
+        <item x="0"/>
+        <item x="4"/>
+        <item t="default"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField showAll="0"/>
+    <pivotField showAll="0"/>
+    <pivotField showAll="0"/>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+    <pivotField showAll="0">
+      <items count="15">
+        <item sd="0" x="0"/>
+        <item sd="0" x="1"/>
+        <item sd="0" x="2"/>
+        <item sd="0" x="3"/>
+        <item sd="0" x="4"/>
+        <item sd="0" x="5"/>
+        <item sd="0" x="6"/>
+        <item sd="0" x="7"/>
+        <item sd="0" x="8"/>
+        <item sd="0" x="9"/>
+        <item sd="0" x="10"/>
+        <item sd="0" x="11"/>
+        <item sd="0" x="12"/>
+        <item sd="0" x="13"/>
+        <item t="default"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0">
+      <items count="7">
+        <item sd="0" x="0"/>
+        <item sd="0" x="1"/>
+        <item sd="0" x="2"/>
+        <item sd="0" x="3"/>
+        <item sd="0" x="4"/>
+        <item sd="0" x="5"/>
+        <item t="default"/>
+      </items>
+    </pivotField>
+    <pivotField axis="axisCol" showAll="0">
+      <items count="5">
+        <item sd="0" x="0"/>
+        <item sd="0" x="1"/>
+        <item sd="0" x="2"/>
+        <item sd="0" x="3"/>
+        <item t="default"/>
+      </items>
+    </pivotField>
+  </pivotFields>
+  <rowFields count="1">
+    <field x="2"/>
+  </rowFields>
+  <rowItems count="6">
+    <i>
+      <x/>
+    </i>
+    <i>
+      <x v="1"/>
+    </i>
+    <i>
+      <x v="2"/>
+    </i>
+    <i>
+      <x v="3"/>
+    </i>
+    <i>
+      <x v="4"/>
+    </i>
+    <i t="grand">
+      <x/>
+    </i>
+  </rowItems>
+  <colFields count="1">
+    <field x="11"/>
+  </colFields>
+  <colItems count="4">
+    <i>
+      <x/>
+    </i>
+    <i>
+      <x v="1"/>
+    </i>
+    <i>
+      <x v="2"/>
+    </i>
+    <i t="grand">
+      <x/>
+    </i>
+  </colItems>
+  <dataFields count="1">
+    <dataField name="Toplam Amount" fld="8" baseField="0" baseItem="0"/>
+  </dataFields>
+  <formats count="5">
+    <format dxfId="4">
+      <pivotArea outline="0" collapsedLevelsAreSubtotals="1" fieldPosition="0"/>
+    </format>
+    <format dxfId="3">
+      <pivotArea field="11" type="button" dataOnly="0" labelOnly="1" outline="0" axis="axisCol" fieldPosition="0"/>
+    </format>
+    <format dxfId="2">
+      <pivotArea type="topRight" dataOnly="0" labelOnly="1" outline="0" fieldPosition="0"/>
+    </format>
+    <format dxfId="1">
+      <pivotArea dataOnly="0" labelOnly="1" fieldPosition="0">
+        <references count="1">
+          <reference field="11" count="3">
+            <x v="0"/>
+            <x v="1"/>
+            <x v="2"/>
+          </reference>
+        </references>
+      </pivotArea>
+    </format>
+    <format dxfId="0">
+      <pivotArea dataOnly="0" labelOnly="1" grandCol="1" outline="0" fieldPosition="0"/>
+    </format>
+  </formats>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1" showRowStripes="0" showColStripes="0" showLastColumn="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" hideValuesRow="1"/>
+    </ext>
+    <ext xmlns:xpdl="http://schemas.microsoft.com/office/spreadsheetml/2016/pivotdefaultlayout" uri="{747A6164-185A-40DC-8AA5-F01512510D54}">
+      <xpdl:pivotTableDefinition16/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
+</file>
+
+<file path=xl/pivotTables/pivotTable3.xml><?xml version="1.0" encoding="utf-8"?>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" xr:uid="{A960CBC7-4CE6-4285-9585-DDDCC2381828}" name="PivotTable2" cacheId="13" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="1" dataCaption="Değerler" updatedVersion="8" minRefreshableVersion="3" useAutoFormatting="1" itemPrintTitles="1" createdVersion="8" indent="0" outline="1" outlineData="1" multipleFieldFilters="0">
+  <location ref="A3:B7" firstHeaderRow="1" firstDataRow="1" firstDataCol="1"/>
+  <pivotFields count="9">
+    <pivotField dataField="1" showAll="0"/>
+    <pivotField numFmtId="164" showAll="0"/>
+    <pivotField showAll="0"/>
+    <pivotField axis="axisRow" showAll="0">
+      <items count="4">
+        <item x="1"/>
+        <item x="0"/>
+        <item x="2"/>
+        <item t="default"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField showAll="0"/>
+    <pivotField showAll="0"/>
+    <pivotField showAll="0"/>
+    <pivotField showAll="0"/>
+  </pivotFields>
+  <rowFields count="1">
+    <field x="3"/>
+  </rowFields>
+  <rowItems count="4">
+    <i>
+      <x/>
+    </i>
+    <i>
+      <x v="1"/>
+    </i>
+    <i>
+      <x v="2"/>
+    </i>
+    <i t="grand">
+      <x/>
+    </i>
+  </rowItems>
+  <colItems count="1">
+    <i/>
+  </colItems>
+  <dataFields count="1">
+    <dataField name="Say Transaction ID" fld="0" subtotal="count" baseField="0" baseItem="0"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1" showRowStripes="0" showColStripes="0" showLastColumn="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" hideValuesRow="1"/>
+    </ext>
+    <ext xmlns:xpdl="http://schemas.microsoft.com/office/spreadsheetml/2016/pivotdefaultlayout" uri="{747A6164-185A-40DC-8AA5-F01512510D54}">
+      <xpdl:pivotTableDefinition16/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Teması">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
-    <a:clrScheme name="Office 2013 - 2022">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2013 - 2022">
+    <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -385,51 +13851,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2013 - 2022">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -527,602 +13993,14906 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="../pivotTables/pivotTable3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="../pivotTables/pivotTable2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="../pivotTables/pivotTable1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="B1:H25"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A03754EE-A54D-4001-8CF3-809273A23F00}">
+  <dimension ref="A1:I501"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="B1" zoomScale="160" zoomScaleNormal="160" workbookViewId="0">
-      <selection activeCell="E4" sqref="E4"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="E19" sqref="E19"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="0" hidden="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="6" max="7" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="1" max="9" width="20.08984375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:8" x14ac:dyDescent="0.25">
-      <c r="B1" s="3" t="s">
+    <row r="1" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="C1" s="3" t="s">
+      <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="D1" s="3" t="s">
+      <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="E1" s="3" t="s">
+    </row>
+    <row r="2" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A2" s="1">
+        <v>1</v>
+      </c>
+      <c r="B2" s="2">
+        <v>45083</v>
+      </c>
+      <c r="C2" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="F1" s="3" t="s">
+      <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="G1" s="3" t="s">
+      <c r="E2" s="1" t="s">
         <v>11</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B2" t="s">
+      <c r="F2" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I2" s="1">
+        <v>4499.13</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A3" s="1">
+        <v>2</v>
+      </c>
+      <c r="B3" s="2">
+        <v>45642</v>
+      </c>
+      <c r="C3" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D3" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E3" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F3" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H3" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I3" s="1">
+        <v>2023.53</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A4" s="1">
         <v>3</v>
       </c>
-      <c r="C2" t="s">
+      <c r="B4" s="2">
+        <v>44929</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F4" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
+      <c r="G4" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H4" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I4" s="1">
+        <v>1341.48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A5" s="1">
+        <v>4</v>
+      </c>
+      <c r="B5" s="2">
+        <v>45609</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F5" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H5" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I5" s="1">
+        <v>6093.83</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A6" s="1">
+        <v>5</v>
+      </c>
+      <c r="B6" s="2">
+        <v>45379</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F6" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H6" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I6" s="1">
+        <v>8271.9599999999991</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A7" s="1">
+        <v>6</v>
+      </c>
+      <c r="B7" s="2">
+        <v>45067</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F7" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="E2" s="2">
-[...14 lines deleted...]
-      <c r="C3" t="s">
+      <c r="H7" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="D3" t="s">
+      <c r="I7" s="1">
+        <v>6402.4</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A8" s="1">
+        <v>7</v>
+      </c>
+      <c r="B8" s="2">
+        <v>45158</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E8" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F8" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="E3" s="2">
-[...13 lines deleted...]
-      <c r="C4" t="s">
+      <c r="I8" s="1">
+        <v>3129.96</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A9" s="1">
+        <v>8</v>
+      </c>
+      <c r="B9" s="2">
+        <v>45629</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F9" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="D4" t="s">
+      <c r="G9" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H9" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I9" s="1">
+        <v>8157.29</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A10" s="1">
+        <v>9</v>
+      </c>
+      <c r="B10" s="2">
+        <v>45128</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F10" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H10" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I10" s="1">
+        <v>1956.32</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A11" s="1">
+        <v>10</v>
+      </c>
+      <c r="B11" s="2">
+        <v>45629</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="E4" s="2">
-[...13 lines deleted...]
-      <c r="C5" t="s">
+      <c r="F11" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
+      <c r="H11" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I11" s="1">
+        <v>3297.58</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A12" s="1">
+        <v>11</v>
+      </c>
+      <c r="B12" s="2">
+        <v>45367</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E12" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F12" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="E5" s="2">
-[...13 lines deleted...]
-      <c r="C6" t="s">
+      <c r="I12" s="1">
+        <v>4401.25</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A13" s="1">
+        <v>12</v>
+      </c>
+      <c r="B13" s="2">
+        <v>45266</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="D6" t="s">
+      <c r="D13" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="E6" s="2">
-[...13 lines deleted...]
-      <c r="C7" t="s">
+      <c r="E13" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F13" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H13" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I13" s="1">
+        <v>7558.21</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A14" s="1">
+        <v>13</v>
+      </c>
+      <c r="B14" s="2">
+        <v>45185</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F14" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H14" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I14" s="1">
+        <v>4093.73</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A15" s="1">
+        <v>14</v>
+      </c>
+      <c r="B15" s="2">
+        <v>45341</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F15" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H15" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I15" s="1">
+        <v>1612.84</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A16" s="1">
+        <v>15</v>
+      </c>
+      <c r="B16" s="2">
+        <v>45061</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F16" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H16" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I16" s="1">
+        <v>8861.86</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A17" s="1">
+        <v>16</v>
+      </c>
+      <c r="B17" s="2">
+        <v>45350</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="D7" t="s">
+      <c r="D17" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F17" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H17" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I17" s="1">
+        <v>7281.14</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A18" s="1">
+        <v>17</v>
+      </c>
+      <c r="B18" s="2">
+        <v>45043</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="E7" s="2">
-[...13 lines deleted...]
-      <c r="C8" t="s">
+      <c r="E18" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F18" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="D8" t="s">
+      <c r="G18" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H18" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I18" s="1">
+        <v>6698.13</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A19" s="1">
+        <v>18</v>
+      </c>
+      <c r="B19" s="2">
+        <v>45466</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E19" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F19" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H19" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I19" s="1">
+        <v>8728.77</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A20" s="1">
+        <v>19</v>
+      </c>
+      <c r="B20" s="2">
+        <v>45011</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H20" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I20" s="1">
+        <v>6679.3</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A21" s="1">
+        <v>20</v>
+      </c>
+      <c r="B21" s="2">
+        <v>45102</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E21" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F21" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H21" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I21" s="1">
+        <v>8453.2999999999993</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A22" s="1">
+        <v>21</v>
+      </c>
+      <c r="B22" s="2">
+        <v>45647</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F22" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H22" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I22" s="1">
+        <v>7268.5</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A23" s="1">
+        <v>22</v>
+      </c>
+      <c r="B23" s="2">
+        <v>45458</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F23" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H23" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I23" s="1">
+        <v>8465.2800000000007</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A24" s="1">
+        <v>23</v>
+      </c>
+      <c r="B24" s="2">
+        <v>45240</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E24" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F24" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H24" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I24" s="1">
+        <v>9425.76</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A25" s="1">
+        <v>24</v>
+      </c>
+      <c r="B25" s="2">
+        <v>45239</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E25" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H25" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I25" s="1">
+        <v>5085.0600000000004</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A26" s="1">
+        <v>25</v>
+      </c>
+      <c r="B26" s="2">
+        <v>45152</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E26" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F26" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H26" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I26" s="1">
+        <v>2939.18</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A27" s="1">
+        <v>26</v>
+      </c>
+      <c r="B27" s="2">
+        <v>45368</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E27" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H27" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="E8" s="2">
-[...13 lines deleted...]
-      <c r="C9" t="s">
+      <c r="I27" s="1">
+        <v>1898.88</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A28" s="1">
+        <v>27</v>
+      </c>
+      <c r="B28" s="2">
+        <v>45409</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F28" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H28" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I28" s="1">
+        <v>3512.24</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A29" s="1">
+        <v>28</v>
+      </c>
+      <c r="B29" s="2">
+        <v>45144</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E29" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F29" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="D9" t="s">
+      <c r="G29" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H29" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I29" s="1">
+        <v>7032.82</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A30" s="1">
+        <v>29</v>
+      </c>
+      <c r="B30" s="2">
+        <v>45582</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E30" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F30" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H30" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="E9" s="2">
-[...13 lines deleted...]
-      <c r="C10" t="s">
+      <c r="I30" s="1">
+        <v>4514.2700000000004</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A31" s="1">
+        <v>30</v>
+      </c>
+      <c r="B31" s="2">
+        <v>45283</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E31" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F31" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="D10" t="s">
+      <c r="G31" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H31" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I31" s="1">
+        <v>2466.71</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A32" s="1">
+        <v>31</v>
+      </c>
+      <c r="B32" s="2">
+        <v>45272</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E32" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F32" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H32" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I32" s="1">
+        <v>7667.9</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A33" s="1">
+        <v>32</v>
+      </c>
+      <c r="B33" s="2">
+        <v>45399</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E33" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F33" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H33" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I33" s="1">
+        <v>5782.49</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A34" s="1">
+        <v>33</v>
+      </c>
+      <c r="B34" s="2">
+        <v>45298</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E34" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F34" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H34" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I34" s="1">
+        <v>3342.31</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A35" s="1">
+        <v>34</v>
+      </c>
+      <c r="B35" s="2">
+        <v>45165</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E35" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F35" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H35" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I35" s="1">
+        <v>3286.58</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A36" s="1">
+        <v>35</v>
+      </c>
+      <c r="B36" s="2">
+        <v>45213</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E36" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F36" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H36" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I36" s="1">
+        <v>4179.55</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A37" s="1">
+        <v>36</v>
+      </c>
+      <c r="B37" s="2">
+        <v>45118</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E37" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F37" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H37" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I37" s="1">
+        <v>8158</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A38" s="1">
+        <v>37</v>
+      </c>
+      <c r="B38" s="2">
+        <v>45372</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E38" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="E10" s="2">
-[...13 lines deleted...]
-      <c r="C11" t="s">
+      <c r="F38" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H38" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I38" s="1">
+        <v>8476.64</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A39" s="1">
+        <v>38</v>
+      </c>
+      <c r="B39" s="2">
+        <v>45339</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F39" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H39" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I39" s="1">
+        <v>5147.38</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A40" s="1">
+        <v>39</v>
+      </c>
+      <c r="B40" s="2">
+        <v>45480</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F40" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H40" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I40" s="1">
+        <v>1416.15</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A41" s="1">
+        <v>40</v>
+      </c>
+      <c r="B41" s="2">
+        <v>45402</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E41" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F41" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H41" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I41" s="1">
+        <v>1322.69</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A42" s="1">
+        <v>41</v>
+      </c>
+      <c r="B42" s="2">
+        <v>45425</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E42" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F42" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H42" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I42" s="1">
+        <v>5875.96</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A43" s="1">
+        <v>42</v>
+      </c>
+      <c r="B43" s="2">
+        <v>45010</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E43" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F43" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H43" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I43" s="1">
+        <v>7895.26</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A44" s="1">
+        <v>43</v>
+      </c>
+      <c r="B44" s="2">
+        <v>45413</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E44" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="D11" t="s">
+      <c r="F44" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H44" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I44" s="1">
+        <v>7845.96</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A45" s="1">
+        <v>44</v>
+      </c>
+      <c r="B45" s="2">
+        <v>45241</v>
+      </c>
+      <c r="C45" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="E11" s="2">
-[...16 lines deleted...]
-      <c r="D12" t="s">
+      <c r="D45" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E45" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F45" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H45" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I45" s="1">
+        <v>2163.35</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A46" s="1">
+        <v>45</v>
+      </c>
+      <c r="B46" s="2">
+        <v>45579</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E46" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F46" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H46" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I46" s="1">
+        <v>7930.84</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A47" s="1">
+        <v>46</v>
+      </c>
+      <c r="B47" s="2">
+        <v>44965</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E47" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F47" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H47" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I47" s="1">
+        <v>8665.94</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A48" s="1">
+        <v>47</v>
+      </c>
+      <c r="B48" s="2">
+        <v>45298</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E48" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F48" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H48" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I48" s="1">
+        <v>3108.99</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A49" s="1">
+        <v>48</v>
+      </c>
+      <c r="B49" s="2">
+        <v>45488</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F49" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H49" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I49" s="1">
+        <v>4786.42</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A50" s="1">
+        <v>49</v>
+      </c>
+      <c r="B50" s="2">
+        <v>45007</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F50" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H50" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I50" s="1">
+        <v>9435.86</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A51" s="1">
+        <v>50</v>
+      </c>
+      <c r="B51" s="2">
+        <v>45633</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F51" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H51" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I51" s="1">
+        <v>7322.18</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A52" s="1">
+        <v>51</v>
+      </c>
+      <c r="B52" s="2">
+        <v>45285</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E52" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F52" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H52" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="E12" s="2">
-[...13 lines deleted...]
-      <c r="C13" t="s">
+      <c r="I52" s="1">
+        <v>4041.7</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A53" s="1">
+        <v>52</v>
+      </c>
+      <c r="B53" s="2">
+        <v>45063</v>
+      </c>
+      <c r="C53" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="D13" t="s">
+      <c r="D53" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E53" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F53" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H53" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I53" s="1">
+        <v>9252.11</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A54" s="1">
+        <v>53</v>
+      </c>
+      <c r="B54" s="2">
+        <v>45277</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E54" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F54" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H54" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I54" s="1">
+        <v>5069.41</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A55" s="1">
+        <v>54</v>
+      </c>
+      <c r="B55" s="2">
+        <v>45253</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D55" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="E13" s="2">
-[...13 lines deleted...]
-      <c r="C14" t="s">
+      <c r="E55" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F55" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H55" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I55" s="1">
+        <v>6515.66</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A56" s="1">
+        <v>55</v>
+      </c>
+      <c r="B56" s="2">
+        <v>45232</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F56" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H56" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I56" s="1">
+        <v>3689.2</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A57" s="1">
+        <v>56</v>
+      </c>
+      <c r="B57" s="2">
+        <v>45200</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D57" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E57" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="E14" s="2">
-[...13 lines deleted...]
-      <c r="C15" t="s">
+      <c r="F57" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H57" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I57" s="1">
+        <v>4420.3599999999997</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A58" s="1">
+        <v>57</v>
+      </c>
+      <c r="B58" s="2">
+        <v>45649</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F58" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H58" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I58" s="1">
+        <v>9788.08</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A59" s="1">
+        <v>58</v>
+      </c>
+      <c r="B59" s="2">
+        <v>44940</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E59" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F59" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H59" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I59" s="1">
+        <v>5672.15</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A60" s="1">
+        <v>59</v>
+      </c>
+      <c r="B60" s="2">
+        <v>45559</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F60" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H60" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I60" s="1">
+        <v>5067.8</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A61" s="1">
+        <v>60</v>
+      </c>
+      <c r="B61" s="2">
+        <v>45556</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E61" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F61" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H61" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I61" s="1">
+        <v>6885.58</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A62" s="1">
+        <v>61</v>
+      </c>
+      <c r="B62" s="2">
+        <v>45021</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E62" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F62" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H62" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I62" s="1">
+        <v>4697.67</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A63" s="1">
+        <v>62</v>
+      </c>
+      <c r="B63" s="2">
+        <v>45122</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D63" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="D15" t="s">
+      <c r="E63" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F63" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H63" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I63" s="1">
+        <v>9520.7199999999993</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A64" s="1">
+        <v>63</v>
+      </c>
+      <c r="B64" s="2">
+        <v>45221</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E64" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F64" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H64" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I64" s="1">
+        <v>6292.4</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A65" s="1">
+        <v>64</v>
+      </c>
+      <c r="B65" s="2">
+        <v>44961</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E65" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F65" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H65" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I65" s="1">
+        <v>4093.01</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A66" s="1">
+        <v>65</v>
+      </c>
+      <c r="B66" s="2">
+        <v>45085</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E66" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F66" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H66" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I66" s="1">
+        <v>9303.67</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A67" s="1">
+        <v>66</v>
+      </c>
+      <c r="B67" s="2">
+        <v>45488</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E67" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F67" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H67" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I67" s="1">
+        <v>4812.97</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A68" s="1">
+        <v>67</v>
+      </c>
+      <c r="B68" s="2">
+        <v>44993</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E68" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F68" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H68" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I68" s="1">
+        <v>3155.14</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A69" s="1">
+        <v>68</v>
+      </c>
+      <c r="B69" s="2">
+        <v>45440</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E69" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F69" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H69" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I69" s="1">
+        <v>7060.54</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A70" s="1">
+        <v>69</v>
+      </c>
+      <c r="B70" s="2">
+        <v>45017</v>
+      </c>
+      <c r="C70" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="E15" s="2">
-[...16 lines deleted...]
-      <c r="D16" t="s">
+      <c r="D70" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E70" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F70" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H70" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I70" s="1">
+        <v>2561.96</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A71" s="1">
+        <v>70</v>
+      </c>
+      <c r="B71" s="2">
+        <v>45176</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E71" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F71" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H71" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I71" s="1">
+        <v>5646.71</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A72" s="1">
+        <v>71</v>
+      </c>
+      <c r="B72" s="2">
+        <v>45628</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F72" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H72" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I72" s="1">
+        <v>4591.01</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A73" s="1">
+        <v>72</v>
+      </c>
+      <c r="B73" s="2">
+        <v>45357</v>
+      </c>
+      <c r="C73" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="E16" s="2">
-[...16 lines deleted...]
-      <c r="D17" t="s">
+      <c r="D73" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F73" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H73" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I73" s="1">
+        <v>9829.2800000000007</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A74" s="1">
+        <v>73</v>
+      </c>
+      <c r="B74" s="2">
+        <v>45340</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E74" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F74" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H74" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="E17" s="2">
-[...16 lines deleted...]
-      <c r="D18" t="s">
+      <c r="I74" s="1">
+        <v>1934.15</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A75" s="1">
+        <v>74</v>
+      </c>
+      <c r="B75" s="2">
+        <v>45469</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E75" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F75" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H75" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I75" s="1">
+        <v>5509.96</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A76" s="1">
+        <v>75</v>
+      </c>
+      <c r="B76" s="2">
+        <v>45253</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E76" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F76" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H76" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I76" s="1">
+        <v>2792.4</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A77" s="1">
+        <v>76</v>
+      </c>
+      <c r="B77" s="2">
+        <v>45633</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E77" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F77" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H77" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I77" s="1">
+        <v>4240.6099999999997</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A78" s="1">
+        <v>77</v>
+      </c>
+      <c r="B78" s="2">
+        <v>45643</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E78" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F78" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H78" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I78" s="1">
+        <v>8971.36</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A79" s="1">
+        <v>78</v>
+      </c>
+      <c r="B79" s="2">
+        <v>45616</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E79" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F79" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H79" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I79" s="1">
+        <v>6052.93</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A80" s="1">
+        <v>79</v>
+      </c>
+      <c r="B80" s="2">
+        <v>45566</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E80" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F80" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H80" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I80" s="1">
+        <v>5370.31</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A81" s="1">
+        <v>80</v>
+      </c>
+      <c r="B81" s="2">
+        <v>45358</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E81" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F81" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H81" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I81" s="1">
+        <v>1893.84</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A82" s="1">
+        <v>81</v>
+      </c>
+      <c r="B82" s="2">
+        <v>45184</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E82" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F82" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H82" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I82" s="1">
+        <v>5498.04</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A83" s="1">
+        <v>82</v>
+      </c>
+      <c r="B83" s="2">
+        <v>44943</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E83" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F83" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H83" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I83" s="1">
+        <v>5023.72</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A84" s="1">
+        <v>83</v>
+      </c>
+      <c r="B84" s="2">
+        <v>45445</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E84" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F84" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G84" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="E18" s="2">
-[...16 lines deleted...]
-      <c r="D19" t="s">
+      <c r="H84" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I84" s="1">
+        <v>1890.46</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A85" s="1">
+        <v>84</v>
+      </c>
+      <c r="B85" s="2">
+        <v>45095</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E85" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F85" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H85" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I85" s="1">
+        <v>4768.6099999999997</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A86" s="1">
+        <v>85</v>
+      </c>
+      <c r="B86" s="2">
+        <v>45630</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E86" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="E19" s="2">
-[...16 lines deleted...]
-      <c r="D20" t="s">
+      <c r="F86" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H86" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I86" s="1">
+        <v>4222.8</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A87" s="1">
+        <v>86</v>
+      </c>
+      <c r="B87" s="2">
+        <v>45310</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E87" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F87" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H87" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I87" s="1">
+        <v>1657.79</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A88" s="1">
+        <v>87</v>
+      </c>
+      <c r="B88" s="2">
+        <v>45209</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E88" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F88" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H88" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="E20" s="2">
-[...16 lines deleted...]
-      <c r="D21" t="s">
+      <c r="I88" s="1">
+        <v>2933.99</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A89" s="1">
+        <v>88</v>
+      </c>
+      <c r="B89" s="2">
+        <v>45437</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E89" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F89" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G89" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="E21" s="2">
-[...16 lines deleted...]
-      <c r="D22" t="s">
+      <c r="H89" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I89" s="1">
+        <v>4403.3500000000004</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A90" s="1">
+        <v>89</v>
+      </c>
+      <c r="B90" s="2">
+        <v>45292</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E90" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F90" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H90" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I90" s="1">
+        <v>8388.98</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A91" s="1">
+        <v>90</v>
+      </c>
+      <c r="B91" s="2">
+        <v>45339</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E91" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F91" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H91" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I91" s="1">
+        <v>5473.34</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A92" s="1">
+        <v>91</v>
+      </c>
+      <c r="B92" s="2">
+        <v>45401</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E92" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F92" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H92" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I92" s="1">
+        <v>6788.83</v>
+      </c>
+    </row>
+    <row r="93" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A93" s="1">
+        <v>92</v>
+      </c>
+      <c r="B93" s="2">
+        <v>45505</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E93" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F93" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H93" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="E22" s="2">
-[...16 lines deleted...]
-      <c r="D23" t="s">
+      <c r="I93" s="1">
+        <v>3196.79</v>
+      </c>
+    </row>
+    <row r="94" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A94" s="1">
+        <v>93</v>
+      </c>
+      <c r="B94" s="2">
+        <v>45111</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E94" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="E23" s="2">
-[...16 lines deleted...]
-      <c r="D24" t="s">
+      <c r="F94" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H94" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I94" s="1">
+        <v>4982.41</v>
+      </c>
+    </row>
+    <row r="95" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A95" s="1">
+        <v>94</v>
+      </c>
+      <c r="B95" s="2">
+        <v>45209</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E95" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F95" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H95" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I95" s="1">
+        <v>3752.08</v>
+      </c>
+    </row>
+    <row r="96" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A96" s="1">
+        <v>95</v>
+      </c>
+      <c r="B96" s="2">
+        <v>45179</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E96" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F96" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H96" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I96" s="1">
+        <v>5613.9</v>
+      </c>
+    </row>
+    <row r="97" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A97" s="1">
+        <v>96</v>
+      </c>
+      <c r="B97" s="2">
+        <v>45484</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E97" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F97" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H97" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I97" s="1">
+        <v>1504.27</v>
+      </c>
+    </row>
+    <row r="98" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A98" s="1">
+        <v>97</v>
+      </c>
+      <c r="B98" s="2">
+        <v>45584</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E98" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="E24" s="2">
-[...16 lines deleted...]
-      <c r="D25" t="s">
+      <c r="F98" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H98" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I98" s="1">
+        <v>6127.37</v>
+      </c>
+    </row>
+    <row r="99" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A99" s="1">
+        <v>98</v>
+      </c>
+      <c r="B99" s="2">
+        <v>44992</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E99" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F99" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H99" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="E25" s="2">
-[...6 lines deleted...]
-        <v>2000</v>
+      <c r="I99" s="1">
+        <v>4062.32</v>
+      </c>
+    </row>
+    <row r="100" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A100" s="1">
+        <v>99</v>
+      </c>
+      <c r="B100" s="2">
+        <v>45638</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E100" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F100" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H100" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I100" s="1">
+        <v>7197.78</v>
+      </c>
+    </row>
+    <row r="101" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A101" s="1">
+        <v>100</v>
+      </c>
+      <c r="B101" s="2">
+        <v>45634</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E101" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F101" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H101" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I101" s="1">
+        <v>3167.93</v>
+      </c>
+    </row>
+    <row r="102" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A102" s="1">
+        <v>101</v>
+      </c>
+      <c r="B102" s="2">
+        <v>45617</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E102" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F102" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H102" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I102" s="1">
+        <v>6912.75</v>
+      </c>
+    </row>
+    <row r="103" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A103" s="1">
+        <v>102</v>
+      </c>
+      <c r="B103" s="2">
+        <v>45487</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E103" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F103" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H103" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I103" s="1">
+        <v>3070.21</v>
+      </c>
+    </row>
+    <row r="104" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A104" s="1">
+        <v>103</v>
+      </c>
+      <c r="B104" s="2">
+        <v>45364</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E104" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F104" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H104" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I104" s="1">
+        <v>6297.36</v>
+      </c>
+    </row>
+    <row r="105" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A105" s="1">
+        <v>104</v>
+      </c>
+      <c r="B105" s="2">
+        <v>45238</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E105" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F105" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H105" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I105" s="1">
+        <v>6274.41</v>
+      </c>
+    </row>
+    <row r="106" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A106" s="1">
+        <v>105</v>
+      </c>
+      <c r="B106" s="2">
+        <v>45611</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E106" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F106" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H106" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I106" s="1">
+        <v>2165.2399999999998</v>
+      </c>
+    </row>
+    <row r="107" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A107" s="1">
+        <v>106</v>
+      </c>
+      <c r="B107" s="2">
+        <v>45603</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E107" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F107" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H107" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I107" s="1">
+        <v>7090.96</v>
+      </c>
+    </row>
+    <row r="108" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A108" s="1">
+        <v>107</v>
+      </c>
+      <c r="B108" s="2">
+        <v>45282</v>
+      </c>
+      <c r="C108" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E108" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F108" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H108" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I108" s="1">
+        <v>6271.22</v>
+      </c>
+    </row>
+    <row r="109" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A109" s="1">
+        <v>108</v>
+      </c>
+      <c r="B109" s="2">
+        <v>45604</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E109" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F109" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H109" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I109" s="1">
+        <v>8078.41</v>
+      </c>
+    </row>
+    <row r="110" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A110" s="1">
+        <v>109</v>
+      </c>
+      <c r="B110" s="2">
+        <v>45188</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E110" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F110" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H110" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I110" s="1">
+        <v>5884.81</v>
+      </c>
+    </row>
+    <row r="111" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A111" s="1">
+        <v>110</v>
+      </c>
+      <c r="B111" s="2">
+        <v>45201</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E111" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F111" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H111" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I111" s="1">
+        <v>8298.44</v>
+      </c>
+    </row>
+    <row r="112" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A112" s="1">
+        <v>111</v>
+      </c>
+      <c r="B112" s="2">
+        <v>45652</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E112" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F112" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H112" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I112" s="1">
+        <v>8307.75</v>
+      </c>
+    </row>
+    <row r="113" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A113" s="1">
+        <v>112</v>
+      </c>
+      <c r="B113" s="2">
+        <v>45172</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E113" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F113" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H113" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I113" s="1">
+        <v>7108.14</v>
+      </c>
+    </row>
+    <row r="114" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A114" s="1">
+        <v>113</v>
+      </c>
+      <c r="B114" s="2">
+        <v>45007</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D114" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E114" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F114" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H114" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I114" s="1">
+        <v>9175.43</v>
+      </c>
+    </row>
+    <row r="115" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A115" s="1">
+        <v>114</v>
+      </c>
+      <c r="B115" s="2">
+        <v>45396</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E115" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F115" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H115" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I115" s="1">
+        <v>4953.46</v>
+      </c>
+    </row>
+    <row r="116" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A116" s="1">
+        <v>115</v>
+      </c>
+      <c r="B116" s="2">
+        <v>45157</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E116" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F116" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H116" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I116" s="1">
+        <v>8551.59</v>
+      </c>
+    </row>
+    <row r="117" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A117" s="1">
+        <v>116</v>
+      </c>
+      <c r="B117" s="2">
+        <v>45039</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E117" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F117" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H117" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I117" s="1">
+        <v>6856.2</v>
+      </c>
+    </row>
+    <row r="118" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A118" s="1">
+        <v>117</v>
+      </c>
+      <c r="B118" s="2">
+        <v>45269</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E118" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F118" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H118" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I118" s="1">
+        <v>4001.38</v>
+      </c>
+    </row>
+    <row r="119" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A119" s="1">
+        <v>118</v>
+      </c>
+      <c r="B119" s="2">
+        <v>44927</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E119" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F119" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G119" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H119" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I119" s="1">
+        <v>8219.26</v>
+      </c>
+    </row>
+    <row r="120" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A120" s="1">
+        <v>119</v>
+      </c>
+      <c r="B120" s="2">
+        <v>45601</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D120" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E120" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F120" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H120" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I120" s="1">
+        <v>4244.0600000000004</v>
+      </c>
+    </row>
+    <row r="121" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A121" s="1">
+        <v>120</v>
+      </c>
+      <c r="B121" s="2">
+        <v>45364</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E121" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F121" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H121" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I121" s="1">
+        <v>1382.24</v>
+      </c>
+    </row>
+    <row r="122" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A122" s="1">
+        <v>121</v>
+      </c>
+      <c r="B122" s="2">
+        <v>45053</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E122" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F122" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H122" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I122" s="1">
+        <v>6849.38</v>
+      </c>
+    </row>
+    <row r="123" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A123" s="1">
+        <v>122</v>
+      </c>
+      <c r="B123" s="2">
+        <v>45188</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E123" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F123" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H123" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I123" s="1">
+        <v>5127.8999999999996</v>
+      </c>
+    </row>
+    <row r="124" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A124" s="1">
+        <v>123</v>
+      </c>
+      <c r="B124" s="2">
+        <v>45298</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E124" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F124" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H124" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I124" s="1">
+        <v>5511</v>
+      </c>
+    </row>
+    <row r="125" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A125" s="1">
+        <v>124</v>
+      </c>
+      <c r="B125" s="2">
+        <v>45261</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E125" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F125" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H125" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I125" s="1">
+        <v>5429.84</v>
+      </c>
+    </row>
+    <row r="126" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A126" s="1">
+        <v>125</v>
+      </c>
+      <c r="B126" s="2">
+        <v>45355</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E126" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F126" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H126" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I126" s="1">
+        <v>4112.51</v>
+      </c>
+    </row>
+    <row r="127" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A127" s="1">
+        <v>126</v>
+      </c>
+      <c r="B127" s="2">
+        <v>45126</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E127" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F127" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H127" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I127" s="1">
+        <v>2447.6999999999998</v>
+      </c>
+    </row>
+    <row r="128" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A128" s="1">
+        <v>127</v>
+      </c>
+      <c r="B128" s="2">
+        <v>44997</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E128" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F128" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H128" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I128" s="1">
+        <v>5748.15</v>
+      </c>
+    </row>
+    <row r="129" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A129" s="1">
+        <v>128</v>
+      </c>
+      <c r="B129" s="2">
+        <v>45288</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E129" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F129" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H129" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I129" s="1">
+        <v>3068.45</v>
+      </c>
+    </row>
+    <row r="130" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A130" s="1">
+        <v>129</v>
+      </c>
+      <c r="B130" s="2">
+        <v>45616</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E130" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F130" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H130" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I130" s="1">
+        <v>1815.95</v>
+      </c>
+    </row>
+    <row r="131" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A131" s="1">
+        <v>130</v>
+      </c>
+      <c r="B131" s="2">
+        <v>45528</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E131" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F131" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H131" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I131" s="1">
+        <v>1667.92</v>
+      </c>
+    </row>
+    <row r="132" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A132" s="1">
+        <v>131</v>
+      </c>
+      <c r="B132" s="2">
+        <v>45197</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E132" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F132" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H132" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I132" s="1">
+        <v>8572.8799999999992</v>
+      </c>
+    </row>
+    <row r="133" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A133" s="1">
+        <v>132</v>
+      </c>
+      <c r="B133" s="2">
+        <v>45238</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E133" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F133" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H133" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I133" s="1">
+        <v>5465.24</v>
+      </c>
+    </row>
+    <row r="134" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A134" s="1">
+        <v>133</v>
+      </c>
+      <c r="B134" s="2">
+        <v>44964</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E134" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F134" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H134" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I134" s="1">
+        <v>6955.46</v>
+      </c>
+    </row>
+    <row r="135" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A135" s="1">
+        <v>134</v>
+      </c>
+      <c r="B135" s="2">
+        <v>45245</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E135" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F135" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H135" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I135" s="1">
+        <v>3655.09</v>
+      </c>
+    </row>
+    <row r="136" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A136" s="1">
+        <v>135</v>
+      </c>
+      <c r="B136" s="2">
+        <v>45117</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E136" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F136" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H136" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I136" s="1">
+        <v>5868.25</v>
+      </c>
+    </row>
+    <row r="137" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A137" s="1">
+        <v>136</v>
+      </c>
+      <c r="B137" s="2">
+        <v>45254</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E137" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F137" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H137" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I137" s="1">
+        <v>7546.91</v>
+      </c>
+    </row>
+    <row r="138" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A138" s="1">
+        <v>137</v>
+      </c>
+      <c r="B138" s="2">
+        <v>45240</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E138" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F138" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H138" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I138" s="1">
+        <v>9010.1</v>
+      </c>
+    </row>
+    <row r="139" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A139" s="1">
+        <v>138</v>
+      </c>
+      <c r="B139" s="2">
+        <v>45157</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E139" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F139" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H139" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I139" s="1">
+        <v>7848.86</v>
+      </c>
+    </row>
+    <row r="140" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A140" s="1">
+        <v>139</v>
+      </c>
+      <c r="B140" s="2">
+        <v>45651</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E140" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F140" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H140" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I140" s="1">
+        <v>1857.04</v>
+      </c>
+    </row>
+    <row r="141" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A141" s="1">
+        <v>140</v>
+      </c>
+      <c r="B141" s="2">
+        <v>45130</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E141" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F141" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H141" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I141" s="1">
+        <v>4191.3</v>
+      </c>
+    </row>
+    <row r="142" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A142" s="1">
+        <v>141</v>
+      </c>
+      <c r="B142" s="2">
+        <v>45516</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E142" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F142" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H142" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I142" s="1">
+        <v>9505.08</v>
+      </c>
+    </row>
+    <row r="143" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A143" s="1">
+        <v>142</v>
+      </c>
+      <c r="B143" s="2">
+        <v>45097</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E143" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F143" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H143" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I143" s="1">
+        <v>3440.39</v>
+      </c>
+    </row>
+    <row r="144" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A144" s="1">
+        <v>143</v>
+      </c>
+      <c r="B144" s="2">
+        <v>45508</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E144" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F144" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H144" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I144" s="1">
+        <v>4651.3</v>
+      </c>
+    </row>
+    <row r="145" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A145" s="1">
+        <v>144</v>
+      </c>
+      <c r="B145" s="2">
+        <v>45223</v>
+      </c>
+      <c r="C145" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E145" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F145" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H145" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I145" s="1">
+        <v>4484.3500000000004</v>
+      </c>
+    </row>
+    <row r="146" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A146" s="1">
+        <v>145</v>
+      </c>
+      <c r="B146" s="2">
+        <v>45235</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E146" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F146" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H146" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I146" s="1">
+        <v>4869.91</v>
+      </c>
+    </row>
+    <row r="147" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A147" s="1">
+        <v>146</v>
+      </c>
+      <c r="B147" s="2">
+        <v>45628</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E147" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F147" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H147" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I147" s="1">
+        <v>2332.7800000000002</v>
+      </c>
+    </row>
+    <row r="148" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A148" s="1">
+        <v>147</v>
+      </c>
+      <c r="B148" s="2">
+        <v>45633</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E148" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F148" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H148" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I148" s="1">
+        <v>1969.77</v>
+      </c>
+    </row>
+    <row r="149" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A149" s="1">
+        <v>148</v>
+      </c>
+      <c r="B149" s="2">
+        <v>45051</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E149" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F149" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H149" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I149" s="1">
+        <v>9787.61</v>
+      </c>
+    </row>
+    <row r="150" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A150" s="1">
+        <v>149</v>
+      </c>
+      <c r="B150" s="2">
+        <v>45361</v>
+      </c>
+      <c r="C150" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D150" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E150" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F150" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H150" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I150" s="1">
+        <v>7056.53</v>
+      </c>
+    </row>
+    <row r="151" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A151" s="1">
+        <v>150</v>
+      </c>
+      <c r="B151" s="2">
+        <v>45084</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E151" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F151" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H151" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I151" s="1">
+        <v>2458.85</v>
+      </c>
+    </row>
+    <row r="152" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A152" s="1">
+        <v>151</v>
+      </c>
+      <c r="B152" s="2">
+        <v>45202</v>
+      </c>
+      <c r="C152" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D152" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E152" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F152" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H152" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I152" s="1">
+        <v>2649.11</v>
+      </c>
+    </row>
+    <row r="153" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A153" s="1">
+        <v>152</v>
+      </c>
+      <c r="B153" s="2">
+        <v>45201</v>
+      </c>
+      <c r="C153" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D153" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E153" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F153" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H153" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I153" s="1">
+        <v>8184.92</v>
+      </c>
+    </row>
+    <row r="154" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A154" s="1">
+        <v>153</v>
+      </c>
+      <c r="B154" s="2">
+        <v>44965</v>
+      </c>
+      <c r="C154" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D154" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E154" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F154" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H154" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I154" s="1">
+        <v>2958.48</v>
+      </c>
+    </row>
+    <row r="155" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A155" s="1">
+        <v>154</v>
+      </c>
+      <c r="B155" s="2">
+        <v>45620</v>
+      </c>
+      <c r="C155" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E155" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F155" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H155" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I155" s="1">
+        <v>6941.52</v>
+      </c>
+    </row>
+    <row r="156" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A156" s="1">
+        <v>155</v>
+      </c>
+      <c r="B156" s="2">
+        <v>45074</v>
+      </c>
+      <c r="C156" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D156" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E156" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F156" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H156" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I156" s="1">
+        <v>3291.11</v>
+      </c>
+    </row>
+    <row r="157" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A157" s="1">
+        <v>156</v>
+      </c>
+      <c r="B157" s="2">
+        <v>45593</v>
+      </c>
+      <c r="C157" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D157" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E157" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F157" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H157" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I157" s="1">
+        <v>9633</v>
+      </c>
+    </row>
+    <row r="158" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A158" s="1">
+        <v>157</v>
+      </c>
+      <c r="B158" s="2">
+        <v>45267</v>
+      </c>
+      <c r="C158" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D158" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E158" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F158" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H158" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I158" s="1">
+        <v>1130.75</v>
+      </c>
+    </row>
+    <row r="159" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A159" s="1">
+        <v>158</v>
+      </c>
+      <c r="B159" s="2">
+        <v>45079</v>
+      </c>
+      <c r="C159" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D159" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E159" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F159" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H159" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I159" s="1">
+        <v>6288.37</v>
+      </c>
+    </row>
+    <row r="160" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A160" s="1">
+        <v>159</v>
+      </c>
+      <c r="B160" s="2">
+        <v>45030</v>
+      </c>
+      <c r="C160" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D160" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E160" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F160" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H160" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I160" s="1">
+        <v>9706.8700000000008</v>
+      </c>
+    </row>
+    <row r="161" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A161" s="1">
+        <v>160</v>
+      </c>
+      <c r="B161" s="2">
+        <v>45622</v>
+      </c>
+      <c r="C161" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D161" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E161" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F161" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H161" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I161" s="1">
+        <v>8612.6200000000008</v>
+      </c>
+    </row>
+    <row r="162" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A162" s="1">
+        <v>161</v>
+      </c>
+      <c r="B162" s="2">
+        <v>44934</v>
+      </c>
+      <c r="C162" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D162" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E162" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F162" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G162" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H162" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I162" s="1">
+        <v>4701</v>
+      </c>
+    </row>
+    <row r="163" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A163" s="1">
+        <v>162</v>
+      </c>
+      <c r="B163" s="2">
+        <v>44951</v>
+      </c>
+      <c r="C163" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D163" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E163" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F163" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G163" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H163" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I163" s="1">
+        <v>1101.55</v>
+      </c>
+    </row>
+    <row r="164" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A164" s="1">
+        <v>163</v>
+      </c>
+      <c r="B164" s="2">
+        <v>45215</v>
+      </c>
+      <c r="C164" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D164" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E164" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F164" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G164" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H164" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I164" s="1">
+        <v>1113.6500000000001</v>
+      </c>
+    </row>
+    <row r="165" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A165" s="1">
+        <v>164</v>
+      </c>
+      <c r="B165" s="2">
+        <v>44983</v>
+      </c>
+      <c r="C165" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D165" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E165" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F165" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G165" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H165" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I165" s="1">
+        <v>2950.9</v>
+      </c>
+    </row>
+    <row r="166" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A166" s="1">
+        <v>165</v>
+      </c>
+      <c r="B166" s="2">
+        <v>44938</v>
+      </c>
+      <c r="C166" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D166" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E166" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F166" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G166" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H166" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I166" s="1">
+        <v>3028.4</v>
+      </c>
+    </row>
+    <row r="167" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A167" s="1">
+        <v>166</v>
+      </c>
+      <c r="B167" s="2">
+        <v>45401</v>
+      </c>
+      <c r="C167" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D167" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E167" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F167" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G167" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H167" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I167" s="1">
+        <v>9821.0499999999993</v>
+      </c>
+    </row>
+    <row r="168" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A168" s="1">
+        <v>167</v>
+      </c>
+      <c r="B168" s="2">
+        <v>45447</v>
+      </c>
+      <c r="C168" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D168" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E168" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F168" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H168" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I168" s="1">
+        <v>7392.01</v>
+      </c>
+    </row>
+    <row r="169" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A169" s="1">
+        <v>168</v>
+      </c>
+      <c r="B169" s="2">
+        <v>45557</v>
+      </c>
+      <c r="C169" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D169" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E169" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F169" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G169" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H169" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I169" s="1">
+        <v>9809.41</v>
+      </c>
+    </row>
+    <row r="170" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A170" s="1">
+        <v>169</v>
+      </c>
+      <c r="B170" s="2">
+        <v>45239</v>
+      </c>
+      <c r="C170" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D170" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E170" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F170" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H170" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I170" s="1">
+        <v>7848.27</v>
+      </c>
+    </row>
+    <row r="171" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A171" s="1">
+        <v>170</v>
+      </c>
+      <c r="B171" s="2">
+        <v>45344</v>
+      </c>
+      <c r="C171" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E171" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F171" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G171" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H171" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I171" s="1">
+        <v>2470.15</v>
+      </c>
+    </row>
+    <row r="172" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A172" s="1">
+        <v>171</v>
+      </c>
+      <c r="B172" s="2">
+        <v>45247</v>
+      </c>
+      <c r="C172" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D172" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E172" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F172" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G172" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H172" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I172" s="1">
+        <v>9046.84</v>
+      </c>
+    </row>
+    <row r="173" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A173" s="1">
+        <v>172</v>
+      </c>
+      <c r="B173" s="2">
+        <v>45211</v>
+      </c>
+      <c r="C173" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D173" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E173" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F173" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H173" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I173" s="1">
+        <v>6839.89</v>
+      </c>
+    </row>
+    <row r="174" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A174" s="1">
+        <v>173</v>
+      </c>
+      <c r="B174" s="2">
+        <v>44985</v>
+      </c>
+      <c r="C174" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D174" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E174" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F174" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G174" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H174" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I174" s="1">
+        <v>6364.26</v>
+      </c>
+    </row>
+    <row r="175" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A175" s="1">
+        <v>174</v>
+      </c>
+      <c r="B175" s="2">
+        <v>45616</v>
+      </c>
+      <c r="C175" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D175" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E175" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F175" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G175" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H175" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I175" s="1">
+        <v>5659.11</v>
+      </c>
+    </row>
+    <row r="176" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A176" s="1">
+        <v>175</v>
+      </c>
+      <c r="B176" s="2">
+        <v>45517</v>
+      </c>
+      <c r="C176" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D176" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E176" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F176" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G176" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H176" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I176" s="1">
+        <v>2884.54</v>
+      </c>
+    </row>
+    <row r="177" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A177" s="1">
+        <v>176</v>
+      </c>
+      <c r="B177" s="2">
+        <v>45551</v>
+      </c>
+      <c r="C177" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D177" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E177" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F177" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G177" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H177" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I177" s="1">
+        <v>4265.8999999999996</v>
+      </c>
+    </row>
+    <row r="178" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A178" s="1">
+        <v>177</v>
+      </c>
+      <c r="B178" s="2">
+        <v>45355</v>
+      </c>
+      <c r="C178" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D178" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E178" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F178" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G178" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H178" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I178" s="1">
+        <v>2169.34</v>
+      </c>
+    </row>
+    <row r="179" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A179" s="1">
+        <v>178</v>
+      </c>
+      <c r="B179" s="2">
+        <v>45170</v>
+      </c>
+      <c r="C179" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D179" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E179" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F179" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G179" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H179" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I179" s="1">
+        <v>8378.52</v>
+      </c>
+    </row>
+    <row r="180" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A180" s="1">
+        <v>179</v>
+      </c>
+      <c r="B180" s="2">
+        <v>45541</v>
+      </c>
+      <c r="C180" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D180" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E180" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F180" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G180" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H180" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I180" s="1">
+        <v>6544.66</v>
+      </c>
+    </row>
+    <row r="181" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A181" s="1">
+        <v>180</v>
+      </c>
+      <c r="B181" s="2">
+        <v>45307</v>
+      </c>
+      <c r="C181" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D181" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E181" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F181" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H181" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I181" s="1">
+        <v>6468.49</v>
+      </c>
+    </row>
+    <row r="182" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A182" s="1">
+        <v>181</v>
+      </c>
+      <c r="B182" s="2">
+        <v>45003</v>
+      </c>
+      <c r="C182" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E182" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F182" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G182" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H182" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I182" s="1">
+        <v>8314.48</v>
+      </c>
+    </row>
+    <row r="183" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A183" s="1">
+        <v>182</v>
+      </c>
+      <c r="B183" s="2">
+        <v>45132</v>
+      </c>
+      <c r="C183" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E183" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F183" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G183" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H183" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I183" s="1">
+        <v>8640.7800000000007</v>
+      </c>
+    </row>
+    <row r="184" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A184" s="1">
+        <v>183</v>
+      </c>
+      <c r="B184" s="2">
+        <v>45029</v>
+      </c>
+      <c r="C184" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E184" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F184" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G184" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H184" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I184" s="1">
+        <v>7699.69</v>
+      </c>
+    </row>
+    <row r="185" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A185" s="1">
+        <v>184</v>
+      </c>
+      <c r="B185" s="2">
+        <v>45424</v>
+      </c>
+      <c r="C185" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E185" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F185" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G185" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H185" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I185" s="1">
+        <v>4471.26</v>
+      </c>
+    </row>
+    <row r="186" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A186" s="1">
+        <v>185</v>
+      </c>
+      <c r="B186" s="2">
+        <v>45546</v>
+      </c>
+      <c r="C186" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E186" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F186" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G186" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H186" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I186" s="1">
+        <v>4633.99</v>
+      </c>
+    </row>
+    <row r="187" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A187" s="1">
+        <v>186</v>
+      </c>
+      <c r="B187" s="2">
+        <v>45589</v>
+      </c>
+      <c r="C187" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D187" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E187" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F187" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G187" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H187" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I187" s="1">
+        <v>3051.96</v>
+      </c>
+    </row>
+    <row r="188" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A188" s="1">
+        <v>187</v>
+      </c>
+      <c r="B188" s="2">
+        <v>45644</v>
+      </c>
+      <c r="C188" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D188" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E188" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F188" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G188" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H188" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I188" s="1">
+        <v>6111.23</v>
+      </c>
+    </row>
+    <row r="189" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A189" s="1">
+        <v>188</v>
+      </c>
+      <c r="B189" s="2">
+        <v>45188</v>
+      </c>
+      <c r="C189" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E189" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F189" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G189" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H189" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I189" s="1">
+        <v>8150.61</v>
+      </c>
+    </row>
+    <row r="190" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A190" s="1">
+        <v>189</v>
+      </c>
+      <c r="B190" s="2">
+        <v>45184</v>
+      </c>
+      <c r="C190" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D190" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E190" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F190" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G190" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H190" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I190" s="1">
+        <v>5939.04</v>
+      </c>
+    </row>
+    <row r="191" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A191" s="1">
+        <v>190</v>
+      </c>
+      <c r="B191" s="2">
+        <v>44958</v>
+      </c>
+      <c r="C191" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E191" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F191" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G191" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H191" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I191" s="1">
+        <v>8995.02</v>
+      </c>
+    </row>
+    <row r="192" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A192" s="1">
+        <v>191</v>
+      </c>
+      <c r="B192" s="2">
+        <v>45449</v>
+      </c>
+      <c r="C192" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D192" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E192" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F192" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G192" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H192" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I192" s="1">
+        <v>9532.48</v>
+      </c>
+    </row>
+    <row r="193" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A193" s="1">
+        <v>192</v>
+      </c>
+      <c r="B193" s="2">
+        <v>45018</v>
+      </c>
+      <c r="C193" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D193" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E193" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F193" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G193" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H193" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I193" s="1">
+        <v>5027.96</v>
+      </c>
+    </row>
+    <row r="194" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A194" s="1">
+        <v>193</v>
+      </c>
+      <c r="B194" s="2">
+        <v>45397</v>
+      </c>
+      <c r="C194" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D194" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E194" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F194" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G194" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H194" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I194" s="1">
+        <v>3456.11</v>
+      </c>
+    </row>
+    <row r="195" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A195" s="1">
+        <v>194</v>
+      </c>
+      <c r="B195" s="2">
+        <v>45302</v>
+      </c>
+      <c r="C195" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D195" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E195" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F195" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G195" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H195" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I195" s="1">
+        <v>2110.5</v>
+      </c>
+    </row>
+    <row r="196" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A196" s="1">
+        <v>195</v>
+      </c>
+      <c r="B196" s="2">
+        <v>44996</v>
+      </c>
+      <c r="C196" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D196" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E196" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F196" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H196" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I196" s="1">
+        <v>6678.33</v>
+      </c>
+    </row>
+    <row r="197" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A197" s="1">
+        <v>196</v>
+      </c>
+      <c r="B197" s="2">
+        <v>45413</v>
+      </c>
+      <c r="C197" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E197" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F197" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G197" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H197" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I197" s="1">
+        <v>2168.64</v>
+      </c>
+    </row>
+    <row r="198" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A198" s="1">
+        <v>197</v>
+      </c>
+      <c r="B198" s="2">
+        <v>45474</v>
+      </c>
+      <c r="C198" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D198" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E198" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F198" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G198" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H198" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I198" s="1">
+        <v>3416.56</v>
+      </c>
+    </row>
+    <row r="199" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A199" s="1">
+        <v>198</v>
+      </c>
+      <c r="B199" s="2">
+        <v>45315</v>
+      </c>
+      <c r="C199" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D199" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E199" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F199" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G199" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H199" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I199" s="1">
+        <v>4286.25</v>
+      </c>
+    </row>
+    <row r="200" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A200" s="1">
+        <v>199</v>
+      </c>
+      <c r="B200" s="2">
+        <v>45654</v>
+      </c>
+      <c r="C200" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D200" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E200" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F200" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G200" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H200" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I200" s="1">
+        <v>5497.91</v>
+      </c>
+    </row>
+    <row r="201" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A201" s="1">
+        <v>200</v>
+      </c>
+      <c r="B201" s="2">
+        <v>45597</v>
+      </c>
+      <c r="C201" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E201" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F201" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H201" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I201" s="1">
+        <v>5354.48</v>
+      </c>
+    </row>
+    <row r="202" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A202" s="1">
+        <v>201</v>
+      </c>
+      <c r="B202" s="2">
+        <v>45413</v>
+      </c>
+      <c r="C202" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E202" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F202" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H202" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I202" s="1">
+        <v>5260.36</v>
+      </c>
+    </row>
+    <row r="203" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A203" s="1">
+        <v>202</v>
+      </c>
+      <c r="B203" s="2">
+        <v>45003</v>
+      </c>
+      <c r="C203" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E203" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F203" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H203" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I203" s="1">
+        <v>5036.47</v>
+      </c>
+    </row>
+    <row r="204" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A204" s="1">
+        <v>203</v>
+      </c>
+      <c r="B204" s="2">
+        <v>45457</v>
+      </c>
+      <c r="C204" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E204" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F204" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H204" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I204" s="1">
+        <v>5919.09</v>
+      </c>
+    </row>
+    <row r="205" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A205" s="1">
+        <v>204</v>
+      </c>
+      <c r="B205" s="2">
+        <v>45143</v>
+      </c>
+      <c r="C205" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E205" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F205" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H205" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I205" s="1">
+        <v>7347.79</v>
+      </c>
+    </row>
+    <row r="206" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A206" s="1">
+        <v>205</v>
+      </c>
+      <c r="B206" s="2">
+        <v>45458</v>
+      </c>
+      <c r="C206" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D206" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E206" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F206" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H206" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I206" s="1">
+        <v>6900.46</v>
+      </c>
+    </row>
+    <row r="207" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A207" s="1">
+        <v>206</v>
+      </c>
+      <c r="B207" s="2">
+        <v>45101</v>
+      </c>
+      <c r="C207" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D207" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E207" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F207" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G207" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H207" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I207" s="1">
+        <v>1744.73</v>
+      </c>
+    </row>
+    <row r="208" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A208" s="1">
+        <v>207</v>
+      </c>
+      <c r="B208" s="2">
+        <v>44962</v>
+      </c>
+      <c r="C208" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D208" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E208" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F208" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G208" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H208" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I208" s="1">
+        <v>7988.98</v>
+      </c>
+    </row>
+    <row r="209" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A209" s="1">
+        <v>208</v>
+      </c>
+      <c r="B209" s="2">
+        <v>45042</v>
+      </c>
+      <c r="C209" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D209" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E209" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F209" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G209" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H209" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I209" s="1">
+        <v>7470.24</v>
+      </c>
+    </row>
+    <row r="210" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A210" s="1">
+        <v>209</v>
+      </c>
+      <c r="B210" s="2">
+        <v>45034</v>
+      </c>
+      <c r="C210" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D210" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E210" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F210" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G210" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H210" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I210" s="1">
+        <v>3789.45</v>
+      </c>
+    </row>
+    <row r="211" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A211" s="1">
+        <v>210</v>
+      </c>
+      <c r="B211" s="2">
+        <v>45519</v>
+      </c>
+      <c r="C211" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D211" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E211" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F211" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G211" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H211" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I211" s="1">
+        <v>7372.29</v>
+      </c>
+    </row>
+    <row r="212" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A212" s="1">
+        <v>211</v>
+      </c>
+      <c r="B212" s="2">
+        <v>45491</v>
+      </c>
+      <c r="C212" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D212" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E212" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F212" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H212" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I212" s="1">
+        <v>8005.21</v>
+      </c>
+    </row>
+    <row r="213" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A213" s="1">
+        <v>212</v>
+      </c>
+      <c r="B213" s="2">
+        <v>45523</v>
+      </c>
+      <c r="C213" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D213" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E213" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F213" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H213" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I213" s="1">
+        <v>4297.0600000000004</v>
+      </c>
+    </row>
+    <row r="214" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A214" s="1">
+        <v>213</v>
+      </c>
+      <c r="B214" s="2">
+        <v>45538</v>
+      </c>
+      <c r="C214" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D214" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E214" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F214" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G214" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H214" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I214" s="1">
+        <v>4766.38</v>
+      </c>
+    </row>
+    <row r="215" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A215" s="1">
+        <v>214</v>
+      </c>
+      <c r="B215" s="2">
+        <v>45359</v>
+      </c>
+      <c r="C215" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D215" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E215" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F215" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G215" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H215" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I215" s="1">
+        <v>1558.84</v>
+      </c>
+    </row>
+    <row r="216" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A216" s="1">
+        <v>215</v>
+      </c>
+      <c r="B216" s="2">
+        <v>45593</v>
+      </c>
+      <c r="C216" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D216" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E216" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F216" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G216" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H216" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I216" s="1">
+        <v>1707.95</v>
+      </c>
+    </row>
+    <row r="217" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A217" s="1">
+        <v>216</v>
+      </c>
+      <c r="B217" s="2">
+        <v>45161</v>
+      </c>
+      <c r="C217" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D217" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E217" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F217" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G217" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H217" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I217" s="1">
+        <v>2311.48</v>
+      </c>
+    </row>
+    <row r="218" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A218" s="1">
+        <v>217</v>
+      </c>
+      <c r="B218" s="2">
+        <v>45119</v>
+      </c>
+      <c r="C218" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D218" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E218" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F218" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H218" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I218" s="1">
+        <v>3858.81</v>
+      </c>
+    </row>
+    <row r="219" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A219" s="1">
+        <v>218</v>
+      </c>
+      <c r="B219" s="2">
+        <v>45214</v>
+      </c>
+      <c r="C219" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D219" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E219" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F219" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H219" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I219" s="1">
+        <v>7105.01</v>
+      </c>
+    </row>
+    <row r="220" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A220" s="1">
+        <v>219</v>
+      </c>
+      <c r="B220" s="2">
+        <v>45314</v>
+      </c>
+      <c r="C220" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E220" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F220" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G220" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H220" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I220" s="1">
+        <v>1812.11</v>
+      </c>
+    </row>
+    <row r="221" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A221" s="1">
+        <v>220</v>
+      </c>
+      <c r="B221" s="2">
+        <v>45153</v>
+      </c>
+      <c r="C221" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E221" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F221" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G221" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H221" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I221" s="1">
+        <v>3225.39</v>
+      </c>
+    </row>
+    <row r="222" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A222" s="1">
+        <v>221</v>
+      </c>
+      <c r="B222" s="2">
+        <v>45418</v>
+      </c>
+      <c r="C222" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E222" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F222" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G222" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H222" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I222" s="1">
+        <v>6881.15</v>
+      </c>
+    </row>
+    <row r="223" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A223" s="1">
+        <v>222</v>
+      </c>
+      <c r="B223" s="2">
+        <v>45142</v>
+      </c>
+      <c r="C223" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D223" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E223" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F223" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G223" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H223" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I223" s="1">
+        <v>1665.02</v>
+      </c>
+    </row>
+    <row r="224" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A224" s="1">
+        <v>223</v>
+      </c>
+      <c r="B224" s="2">
+        <v>45200</v>
+      </c>
+      <c r="C224" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D224" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E224" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F224" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G224" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H224" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I224" s="1">
+        <v>4390.05</v>
+      </c>
+    </row>
+    <row r="225" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A225" s="1">
+        <v>224</v>
+      </c>
+      <c r="B225" s="2">
+        <v>44989</v>
+      </c>
+      <c r="C225" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D225" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E225" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F225" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G225" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H225" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I225" s="1">
+        <v>2099.91</v>
+      </c>
+    </row>
+    <row r="226" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A226" s="1">
+        <v>225</v>
+      </c>
+      <c r="B226" s="2">
+        <v>44933</v>
+      </c>
+      <c r="C226" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D226" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E226" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F226" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G226" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H226" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I226" s="1">
+        <v>2104.48</v>
+      </c>
+    </row>
+    <row r="227" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A227" s="1">
+        <v>226</v>
+      </c>
+      <c r="B227" s="2">
+        <v>45582</v>
+      </c>
+      <c r="C227" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D227" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E227" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F227" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G227" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H227" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I227" s="1">
+        <v>7651.24</v>
+      </c>
+    </row>
+    <row r="228" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A228" s="1">
+        <v>227</v>
+      </c>
+      <c r="B228" s="2">
+        <v>45283</v>
+      </c>
+      <c r="C228" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D228" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E228" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F228" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G228" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H228" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I228" s="1">
+        <v>6338.45</v>
+      </c>
+    </row>
+    <row r="229" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A229" s="1">
+        <v>228</v>
+      </c>
+      <c r="B229" s="2">
+        <v>45398</v>
+      </c>
+      <c r="C229" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D229" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E229" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F229" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G229" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H229" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I229" s="1">
+        <v>5601.38</v>
+      </c>
+    </row>
+    <row r="230" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A230" s="1">
+        <v>229</v>
+      </c>
+      <c r="B230" s="2">
+        <v>45568</v>
+      </c>
+      <c r="C230" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D230" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E230" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F230" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G230" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H230" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I230" s="1">
+        <v>2610.65</v>
+      </c>
+    </row>
+    <row r="231" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A231" s="1">
+        <v>230</v>
+      </c>
+      <c r="B231" s="2">
+        <v>45585</v>
+      </c>
+      <c r="C231" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D231" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E231" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F231" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G231" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H231" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I231" s="1">
+        <v>3464.4</v>
+      </c>
+    </row>
+    <row r="232" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A232" s="1">
+        <v>231</v>
+      </c>
+      <c r="B232" s="2">
+        <v>45423</v>
+      </c>
+      <c r="C232" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D232" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E232" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F232" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G232" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H232" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I232" s="1">
+        <v>5032.13</v>
+      </c>
+    </row>
+    <row r="233" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A233" s="1">
+        <v>232</v>
+      </c>
+      <c r="B233" s="2">
+        <v>44969</v>
+      </c>
+      <c r="C233" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D233" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E233" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F233" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G233" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H233" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I233" s="1">
+        <v>1198.33</v>
+      </c>
+    </row>
+    <row r="234" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A234" s="1">
+        <v>233</v>
+      </c>
+      <c r="B234" s="2">
+        <v>45264</v>
+      </c>
+      <c r="C234" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D234" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E234" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F234" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G234" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H234" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I234" s="1">
+        <v>2661.98</v>
+      </c>
+    </row>
+    <row r="235" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A235" s="1">
+        <v>234</v>
+      </c>
+      <c r="B235" s="2">
+        <v>45131</v>
+      </c>
+      <c r="C235" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D235" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E235" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F235" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G235" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H235" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I235" s="1">
+        <v>7273.06</v>
+      </c>
+    </row>
+    <row r="236" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A236" s="1">
+        <v>235</v>
+      </c>
+      <c r="B236" s="2">
+        <v>45060</v>
+      </c>
+      <c r="C236" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D236" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E236" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F236" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G236" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H236" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I236" s="1">
+        <v>7862.2</v>
+      </c>
+    </row>
+    <row r="237" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A237" s="1">
+        <v>236</v>
+      </c>
+      <c r="B237" s="2">
+        <v>45350</v>
+      </c>
+      <c r="C237" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D237" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E237" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F237" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G237" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H237" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I237" s="1">
+        <v>3391.59</v>
+      </c>
+    </row>
+    <row r="238" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A238" s="1">
+        <v>237</v>
+      </c>
+      <c r="B238" s="2">
+        <v>45605</v>
+      </c>
+      <c r="C238" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D238" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E238" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F238" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G238" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H238" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I238" s="1">
+        <v>8628.2900000000009</v>
+      </c>
+    </row>
+    <row r="239" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A239" s="1">
+        <v>238</v>
+      </c>
+      <c r="B239" s="2">
+        <v>45423</v>
+      </c>
+      <c r="C239" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D239" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E239" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F239" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G239" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H239" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I239" s="1">
+        <v>3407.65</v>
+      </c>
+    </row>
+    <row r="240" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A240" s="1">
+        <v>239</v>
+      </c>
+      <c r="B240" s="2">
+        <v>45581</v>
+      </c>
+      <c r="C240" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D240" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E240" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F240" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G240" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H240" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I240" s="1">
+        <v>1725.88</v>
+      </c>
+    </row>
+    <row r="241" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A241" s="1">
+        <v>240</v>
+      </c>
+      <c r="B241" s="2">
+        <v>45170</v>
+      </c>
+      <c r="C241" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D241" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E241" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F241" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G241" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H241" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I241" s="1">
+        <v>6469.89</v>
+      </c>
+    </row>
+    <row r="242" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A242" s="1">
+        <v>241</v>
+      </c>
+      <c r="B242" s="2">
+        <v>45276</v>
+      </c>
+      <c r="C242" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D242" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E242" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F242" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G242" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H242" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I242" s="1">
+        <v>5315.57</v>
+      </c>
+    </row>
+    <row r="243" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A243" s="1">
+        <v>242</v>
+      </c>
+      <c r="B243" s="2">
+        <v>45457</v>
+      </c>
+      <c r="C243" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D243" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E243" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F243" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G243" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H243" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I243" s="1">
+        <v>8886.1200000000008</v>
+      </c>
+    </row>
+    <row r="244" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A244" s="1">
+        <v>243</v>
+      </c>
+      <c r="B244" s="2">
+        <v>45119</v>
+      </c>
+      <c r="C244" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D244" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E244" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F244" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G244" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H244" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I244" s="1">
+        <v>5288.53</v>
+      </c>
+    </row>
+    <row r="245" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A245" s="1">
+        <v>244</v>
+      </c>
+      <c r="B245" s="2">
+        <v>45627</v>
+      </c>
+      <c r="C245" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D245" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E245" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F245" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G245" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H245" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I245" s="1">
+        <v>6438.63</v>
+      </c>
+    </row>
+    <row r="246" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A246" s="1">
+        <v>245</v>
+      </c>
+      <c r="B246" s="2">
+        <v>45501</v>
+      </c>
+      <c r="C246" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D246" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E246" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F246" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G246" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H246" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I246" s="1">
+        <v>3866.51</v>
+      </c>
+    </row>
+    <row r="247" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A247" s="1">
+        <v>246</v>
+      </c>
+      <c r="B247" s="2">
+        <v>45339</v>
+      </c>
+      <c r="C247" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D247" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E247" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F247" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G247" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H247" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I247" s="1">
+        <v>5720.99</v>
+      </c>
+    </row>
+    <row r="248" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A248" s="1">
+        <v>247</v>
+      </c>
+      <c r="B248" s="2">
+        <v>45186</v>
+      </c>
+      <c r="C248" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D248" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E248" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F248" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G248" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H248" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I248" s="1">
+        <v>7916.15</v>
+      </c>
+    </row>
+    <row r="249" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A249" s="1">
+        <v>248</v>
+      </c>
+      <c r="B249" s="2">
+        <v>44940</v>
+      </c>
+      <c r="C249" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D249" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E249" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F249" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G249" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H249" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I249" s="1">
+        <v>9290.18</v>
+      </c>
+    </row>
+    <row r="250" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A250" s="1">
+        <v>249</v>
+      </c>
+      <c r="B250" s="2">
+        <v>45283</v>
+      </c>
+      <c r="C250" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D250" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E250" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F250" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G250" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H250" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I250" s="1">
+        <v>7078.55</v>
+      </c>
+    </row>
+    <row r="251" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A251" s="1">
+        <v>250</v>
+      </c>
+      <c r="B251" s="2">
+        <v>45025</v>
+      </c>
+      <c r="C251" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D251" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E251" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F251" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G251" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H251" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I251" s="1">
+        <v>8913.6299999999992</v>
+      </c>
+    </row>
+    <row r="252" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A252" s="1">
+        <v>251</v>
+      </c>
+      <c r="B252" s="2">
+        <v>45648</v>
+      </c>
+      <c r="C252" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D252" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E252" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F252" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G252" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H252" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I252" s="1">
+        <v>4002.2</v>
+      </c>
+    </row>
+    <row r="253" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A253" s="1">
+        <v>252</v>
+      </c>
+      <c r="B253" s="2">
+        <v>45422</v>
+      </c>
+      <c r="C253" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D253" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E253" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F253" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G253" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H253" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I253" s="1">
+        <v>5759.42</v>
+      </c>
+    </row>
+    <row r="254" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A254" s="1">
+        <v>253</v>
+      </c>
+      <c r="B254" s="2">
+        <v>45365</v>
+      </c>
+      <c r="C254" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D254" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E254" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F254" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G254" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H254" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I254" s="1">
+        <v>6280.45</v>
+      </c>
+    </row>
+    <row r="255" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A255" s="1">
+        <v>254</v>
+      </c>
+      <c r="B255" s="2">
+        <v>45489</v>
+      </c>
+      <c r="C255" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D255" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E255" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F255" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G255" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H255" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I255" s="1">
+        <v>9160.7800000000007</v>
+      </c>
+    </row>
+    <row r="256" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A256" s="1">
+        <v>255</v>
+      </c>
+      <c r="B256" s="2">
+        <v>45494</v>
+      </c>
+      <c r="C256" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D256" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E256" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F256" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G256" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H256" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I256" s="1">
+        <v>8874.48</v>
+      </c>
+    </row>
+    <row r="257" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A257" s="1">
+        <v>256</v>
+      </c>
+      <c r="B257" s="2">
+        <v>45506</v>
+      </c>
+      <c r="C257" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D257" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E257" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F257" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G257" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H257" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I257" s="1">
+        <v>8887.48</v>
+      </c>
+    </row>
+    <row r="258" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A258" s="1">
+        <v>257</v>
+      </c>
+      <c r="B258" s="2">
+        <v>45147</v>
+      </c>
+      <c r="C258" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D258" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E258" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F258" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G258" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H258" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I258" s="1">
+        <v>9479.51</v>
+      </c>
+    </row>
+    <row r="259" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A259" s="1">
+        <v>258</v>
+      </c>
+      <c r="B259" s="2">
+        <v>45373</v>
+      </c>
+      <c r="C259" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D259" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E259" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F259" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G259" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H259" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I259" s="1">
+        <v>4887.6099999999997</v>
+      </c>
+    </row>
+    <row r="260" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A260" s="1">
+        <v>259</v>
+      </c>
+      <c r="B260" s="2">
+        <v>45644</v>
+      </c>
+      <c r="C260" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D260" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E260" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F260" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G260" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H260" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I260" s="1">
+        <v>9067.82</v>
+      </c>
+    </row>
+    <row r="261" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A261" s="1">
+        <v>260</v>
+      </c>
+      <c r="B261" s="2">
+        <v>45236</v>
+      </c>
+      <c r="C261" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D261" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E261" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F261" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G261" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H261" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I261" s="1">
+        <v>1789.84</v>
+      </c>
+    </row>
+    <row r="262" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A262" s="1">
+        <v>261</v>
+      </c>
+      <c r="B262" s="2">
+        <v>45241</v>
+      </c>
+      <c r="C262" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D262" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E262" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F262" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G262" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H262" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I262" s="1">
+        <v>8880.42</v>
+      </c>
+    </row>
+    <row r="263" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A263" s="1">
+        <v>262</v>
+      </c>
+      <c r="B263" s="2">
+        <v>45279</v>
+      </c>
+      <c r="C263" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D263" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E263" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F263" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G263" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H263" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I263" s="1">
+        <v>4513.45</v>
+      </c>
+    </row>
+    <row r="264" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A264" s="1">
+        <v>263</v>
+      </c>
+      <c r="B264" s="2">
+        <v>45164</v>
+      </c>
+      <c r="C264" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D264" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E264" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F264" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G264" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H264" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I264" s="1">
+        <v>2296.96</v>
+      </c>
+    </row>
+    <row r="265" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A265" s="1">
+        <v>264</v>
+      </c>
+      <c r="B265" s="2">
+        <v>45583</v>
+      </c>
+      <c r="C265" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D265" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E265" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F265" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G265" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H265" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I265" s="1">
+        <v>3809.08</v>
+      </c>
+    </row>
+    <row r="266" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A266" s="1">
+        <v>265</v>
+      </c>
+      <c r="B266" s="2">
+        <v>45051</v>
+      </c>
+      <c r="C266" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D266" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E266" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F266" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G266" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H266" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I266" s="1">
+        <v>1801.58</v>
+      </c>
+    </row>
+    <row r="267" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A267" s="1">
+        <v>266</v>
+      </c>
+      <c r="B267" s="2">
+        <v>44943</v>
+      </c>
+      <c r="C267" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D267" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E267" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F267" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G267" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H267" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I267" s="1">
+        <v>9086.89</v>
+      </c>
+    </row>
+    <row r="268" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A268" s="1">
+        <v>267</v>
+      </c>
+      <c r="B268" s="2">
+        <v>45435</v>
+      </c>
+      <c r="C268" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D268" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E268" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F268" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G268" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H268" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I268" s="1">
+        <v>3130.96</v>
+      </c>
+    </row>
+    <row r="269" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A269" s="1">
+        <v>268</v>
+      </c>
+      <c r="B269" s="2">
+        <v>45144</v>
+      </c>
+      <c r="C269" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D269" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E269" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F269" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G269" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H269" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I269" s="1">
+        <v>5431.24</v>
+      </c>
+    </row>
+    <row r="270" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A270" s="1">
+        <v>269</v>
+      </c>
+      <c r="B270" s="2">
+        <v>45182</v>
+      </c>
+      <c r="C270" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D270" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E270" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F270" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G270" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H270" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I270" s="1">
+        <v>4792.45</v>
+      </c>
+    </row>
+    <row r="271" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A271" s="1">
+        <v>270</v>
+      </c>
+      <c r="B271" s="2">
+        <v>45221</v>
+      </c>
+      <c r="C271" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D271" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E271" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F271" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G271" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H271" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I271" s="1">
+        <v>3754.24</v>
+      </c>
+    </row>
+    <row r="272" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A272" s="1">
+        <v>271</v>
+      </c>
+      <c r="B272" s="2">
+        <v>45191</v>
+      </c>
+      <c r="C272" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D272" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E272" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F272" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G272" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H272" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I272" s="1">
+        <v>9103.48</v>
+      </c>
+    </row>
+    <row r="273" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A273" s="1">
+        <v>272</v>
+      </c>
+      <c r="B273" s="2">
+        <v>45238</v>
+      </c>
+      <c r="C273" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D273" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E273" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F273" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G273" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H273" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I273" s="1">
+        <v>5762.12</v>
+      </c>
+    </row>
+    <row r="274" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A274" s="1">
+        <v>273</v>
+      </c>
+      <c r="B274" s="2">
+        <v>45088</v>
+      </c>
+      <c r="C274" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D274" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E274" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F274" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G274" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H274" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I274" s="1">
+        <v>1148.57</v>
+      </c>
+    </row>
+    <row r="275" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A275" s="1">
+        <v>274</v>
+      </c>
+      <c r="B275" s="2">
+        <v>45588</v>
+      </c>
+      <c r="C275" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D275" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E275" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F275" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G275" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H275" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I275" s="1">
+        <v>7918.03</v>
+      </c>
+    </row>
+    <row r="276" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A276" s="1">
+        <v>275</v>
+      </c>
+      <c r="B276" s="2">
+        <v>45054</v>
+      </c>
+      <c r="C276" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D276" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E276" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F276" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G276" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H276" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I276" s="1">
+        <v>6008.59</v>
+      </c>
+    </row>
+    <row r="277" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A277" s="1">
+        <v>276</v>
+      </c>
+      <c r="B277" s="2">
+        <v>45627</v>
+      </c>
+      <c r="C277" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D277" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E277" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F277" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G277" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H277" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I277" s="1">
+        <v>5596.7</v>
+      </c>
+    </row>
+    <row r="278" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A278" s="1">
+        <v>277</v>
+      </c>
+      <c r="B278" s="2">
+        <v>45215</v>
+      </c>
+      <c r="C278" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D278" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E278" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F278" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G278" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H278" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I278" s="1">
+        <v>5735.26</v>
+      </c>
+    </row>
+    <row r="279" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A279" s="1">
+        <v>278</v>
+      </c>
+      <c r="B279" s="2">
+        <v>45645</v>
+      </c>
+      <c r="C279" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D279" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E279" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F279" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G279" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H279" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I279" s="1">
+        <v>9039.4500000000007</v>
+      </c>
+    </row>
+    <row r="280" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A280" s="1">
+        <v>279</v>
+      </c>
+      <c r="B280" s="2">
+        <v>45301</v>
+      </c>
+      <c r="C280" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D280" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E280" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F280" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G280" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H280" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I280" s="1">
+        <v>9647.51</v>
+      </c>
+    </row>
+    <row r="281" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A281" s="1">
+        <v>280</v>
+      </c>
+      <c r="B281" s="2">
+        <v>45074</v>
+      </c>
+      <c r="C281" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D281" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E281" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F281" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G281" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H281" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I281" s="1">
+        <v>2136.5300000000002</v>
+      </c>
+    </row>
+    <row r="282" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A282" s="1">
+        <v>281</v>
+      </c>
+      <c r="B282" s="2">
+        <v>45486</v>
+      </c>
+      <c r="C282" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D282" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E282" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F282" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G282" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H282" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I282" s="1">
+        <v>7104.59</v>
+      </c>
+    </row>
+    <row r="283" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A283" s="1">
+        <v>282</v>
+      </c>
+      <c r="B283" s="2">
+        <v>45179</v>
+      </c>
+      <c r="C283" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D283" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E283" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F283" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G283" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H283" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I283" s="1">
+        <v>6321.1</v>
+      </c>
+    </row>
+    <row r="284" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A284" s="1">
+        <v>283</v>
+      </c>
+      <c r="B284" s="2">
+        <v>45425</v>
+      </c>
+      <c r="C284" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D284" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E284" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F284" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G284" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H284" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I284" s="1">
+        <v>2918.46</v>
+      </c>
+    </row>
+    <row r="285" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A285" s="1">
+        <v>284</v>
+      </c>
+      <c r="B285" s="2">
+        <v>44948</v>
+      </c>
+      <c r="C285" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D285" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E285" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F285" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G285" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H285" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I285" s="1">
+        <v>5628.92</v>
+      </c>
+    </row>
+    <row r="286" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A286" s="1">
+        <v>285</v>
+      </c>
+      <c r="B286" s="2">
+        <v>45088</v>
+      </c>
+      <c r="C286" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D286" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E286" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F286" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G286" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H286" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I286" s="1">
+        <v>4882.42</v>
+      </c>
+    </row>
+    <row r="287" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A287" s="1">
+        <v>286</v>
+      </c>
+      <c r="B287" s="2">
+        <v>45328</v>
+      </c>
+      <c r="C287" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D287" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E287" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F287" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G287" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H287" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I287" s="1">
+        <v>2721.1</v>
+      </c>
+    </row>
+    <row r="288" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A288" s="1">
+        <v>287</v>
+      </c>
+      <c r="B288" s="2">
+        <v>45471</v>
+      </c>
+      <c r="C288" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D288" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E288" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F288" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G288" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H288" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I288" s="1">
+        <v>6864.24</v>
+      </c>
+    </row>
+    <row r="289" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A289" s="1">
+        <v>288</v>
+      </c>
+      <c r="B289" s="2">
+        <v>45544</v>
+      </c>
+      <c r="C289" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D289" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E289" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F289" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G289" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H289" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I289" s="1">
+        <v>3056.02</v>
+      </c>
+    </row>
+    <row r="290" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A290" s="1">
+        <v>289</v>
+      </c>
+      <c r="B290" s="2">
+        <v>45317</v>
+      </c>
+      <c r="C290" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D290" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E290" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F290" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G290" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H290" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I290" s="1">
+        <v>6776.36</v>
+      </c>
+    </row>
+    <row r="291" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A291" s="1">
+        <v>290</v>
+      </c>
+      <c r="B291" s="2">
+        <v>45255</v>
+      </c>
+      <c r="C291" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D291" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E291" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F291" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G291" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H291" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I291" s="1">
+        <v>9429.94</v>
+      </c>
+    </row>
+    <row r="292" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A292" s="1">
+        <v>291</v>
+      </c>
+      <c r="B292" s="2">
+        <v>45577</v>
+      </c>
+      <c r="C292" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D292" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E292" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F292" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G292" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H292" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I292" s="1">
+        <v>2513.87</v>
+      </c>
+    </row>
+    <row r="293" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A293" s="1">
+        <v>292</v>
+      </c>
+      <c r="B293" s="2">
+        <v>45404</v>
+      </c>
+      <c r="C293" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D293" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E293" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F293" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G293" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H293" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I293" s="1">
+        <v>6395.16</v>
+      </c>
+    </row>
+    <row r="294" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A294" s="1">
+        <v>293</v>
+      </c>
+      <c r="B294" s="2">
+        <v>45315</v>
+      </c>
+      <c r="C294" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D294" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E294" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F294" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G294" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H294" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I294" s="1">
+        <v>7123.3</v>
+      </c>
+    </row>
+    <row r="295" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A295" s="1">
+        <v>294</v>
+      </c>
+      <c r="B295" s="2">
+        <v>45176</v>
+      </c>
+      <c r="C295" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D295" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E295" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F295" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G295" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H295" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I295" s="1">
+        <v>2833.7</v>
+      </c>
+    </row>
+    <row r="296" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A296" s="1">
+        <v>295</v>
+      </c>
+      <c r="B296" s="2">
+        <v>45366</v>
+      </c>
+      <c r="C296" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D296" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E296" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F296" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G296" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H296" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I296" s="1">
+        <v>7991.5</v>
+      </c>
+    </row>
+    <row r="297" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A297" s="1">
+        <v>296</v>
+      </c>
+      <c r="B297" s="2">
+        <v>45448</v>
+      </c>
+      <c r="C297" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D297" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E297" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F297" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G297" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H297" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I297" s="1">
+        <v>9113.7999999999993</v>
+      </c>
+    </row>
+    <row r="298" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A298" s="1">
+        <v>297</v>
+      </c>
+      <c r="B298" s="2">
+        <v>45484</v>
+      </c>
+      <c r="C298" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D298" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E298" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F298" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G298" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H298" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I298" s="1">
+        <v>4359.68</v>
+      </c>
+    </row>
+    <row r="299" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A299" s="1">
+        <v>298</v>
+      </c>
+      <c r="B299" s="2">
+        <v>45036</v>
+      </c>
+      <c r="C299" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D299" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E299" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F299" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G299" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H299" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I299" s="1">
+        <v>9739.24</v>
+      </c>
+    </row>
+    <row r="300" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A300" s="1">
+        <v>299</v>
+      </c>
+      <c r="B300" s="2">
+        <v>45301</v>
+      </c>
+      <c r="C300" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D300" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E300" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F300" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G300" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H300" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I300" s="1">
+        <v>1527.34</v>
+      </c>
+    </row>
+    <row r="301" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A301" s="1">
+        <v>300</v>
+      </c>
+      <c r="B301" s="2">
+        <v>45519</v>
+      </c>
+      <c r="C301" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D301" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E301" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F301" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G301" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H301" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I301" s="1">
+        <v>1233.19</v>
+      </c>
+    </row>
+    <row r="302" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A302" s="1">
+        <v>301</v>
+      </c>
+      <c r="B302" s="2">
+        <v>45071</v>
+      </c>
+      <c r="C302" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D302" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E302" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F302" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G302" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H302" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I302" s="1">
+        <v>6459.91</v>
+      </c>
+    </row>
+    <row r="303" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A303" s="1">
+        <v>302</v>
+      </c>
+      <c r="B303" s="2">
+        <v>44973</v>
+      </c>
+      <c r="C303" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D303" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E303" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F303" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G303" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H303" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I303" s="1">
+        <v>5193.3999999999996</v>
+      </c>
+    </row>
+    <row r="304" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A304" s="1">
+        <v>303</v>
+      </c>
+      <c r="B304" s="2">
+        <v>45582</v>
+      </c>
+      <c r="C304" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D304" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E304" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F304" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G304" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H304" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I304" s="1">
+        <v>9553.4</v>
+      </c>
+    </row>
+    <row r="305" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A305" s="1">
+        <v>304</v>
+      </c>
+      <c r="B305" s="2">
+        <v>45223</v>
+      </c>
+      <c r="C305" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D305" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E305" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F305" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G305" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H305" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I305" s="1">
+        <v>3014.6</v>
+      </c>
+    </row>
+    <row r="306" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A306" s="1">
+        <v>305</v>
+      </c>
+      <c r="B306" s="2">
+        <v>45068</v>
+      </c>
+      <c r="C306" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D306" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E306" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F306" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G306" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H306" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I306" s="1">
+        <v>6473.64</v>
+      </c>
+    </row>
+    <row r="307" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A307" s="1">
+        <v>306</v>
+      </c>
+      <c r="B307" s="2">
+        <v>45236</v>
+      </c>
+      <c r="C307" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D307" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E307" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F307" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G307" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H307" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I307" s="1">
+        <v>4944.97</v>
+      </c>
+    </row>
+    <row r="308" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A308" s="1">
+        <v>307</v>
+      </c>
+      <c r="B308" s="2">
+        <v>45548</v>
+      </c>
+      <c r="C308" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D308" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E308" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F308" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G308" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H308" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I308" s="1">
+        <v>4134.2700000000004</v>
+      </c>
+    </row>
+    <row r="309" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A309" s="1">
+        <v>308</v>
+      </c>
+      <c r="B309" s="2">
+        <v>45566</v>
+      </c>
+      <c r="C309" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D309" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E309" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F309" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G309" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H309" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I309" s="1">
+        <v>3374.46</v>
+      </c>
+    </row>
+    <row r="310" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A310" s="1">
+        <v>309</v>
+      </c>
+      <c r="B310" s="2">
+        <v>45553</v>
+      </c>
+      <c r="C310" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D310" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E310" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F310" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G310" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H310" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I310" s="1">
+        <v>3256.01</v>
+      </c>
+    </row>
+    <row r="311" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A311" s="1">
+        <v>310</v>
+      </c>
+      <c r="B311" s="2">
+        <v>45592</v>
+      </c>
+      <c r="C311" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D311" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E311" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F311" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G311" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H311" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I311" s="1">
+        <v>6694.53</v>
+      </c>
+    </row>
+    <row r="312" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A312" s="1">
+        <v>311</v>
+      </c>
+      <c r="B312" s="2">
+        <v>45540</v>
+      </c>
+      <c r="C312" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D312" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E312" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F312" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G312" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H312" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I312" s="1">
+        <v>2858.15</v>
+      </c>
+    </row>
+    <row r="313" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A313" s="1">
+        <v>312</v>
+      </c>
+      <c r="B313" s="2">
+        <v>45185</v>
+      </c>
+      <c r="C313" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D313" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E313" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F313" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G313" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H313" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I313" s="1">
+        <v>2851.02</v>
+      </c>
+    </row>
+    <row r="314" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A314" s="1">
+        <v>313</v>
+      </c>
+      <c r="B314" s="2">
+        <v>45335</v>
+      </c>
+      <c r="C314" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D314" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E314" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F314" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G314" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H314" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I314" s="1">
+        <v>8552.83</v>
+      </c>
+    </row>
+    <row r="315" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A315" s="1">
+        <v>314</v>
+      </c>
+      <c r="B315" s="2">
+        <v>45273</v>
+      </c>
+      <c r="C315" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D315" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E315" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F315" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G315" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H315" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I315" s="1">
+        <v>5883.46</v>
+      </c>
+    </row>
+    <row r="316" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A316" s="1">
+        <v>315</v>
+      </c>
+      <c r="B316" s="2">
+        <v>45421</v>
+      </c>
+      <c r="C316" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D316" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E316" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F316" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G316" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H316" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I316" s="1">
+        <v>9418.5</v>
+      </c>
+    </row>
+    <row r="317" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A317" s="1">
+        <v>316</v>
+      </c>
+      <c r="B317" s="2">
+        <v>45630</v>
+      </c>
+      <c r="C317" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D317" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E317" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F317" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G317" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H317" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I317" s="1">
+        <v>9007</v>
+      </c>
+    </row>
+    <row r="318" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A318" s="1">
+        <v>317</v>
+      </c>
+      <c r="B318" s="2">
+        <v>45189</v>
+      </c>
+      <c r="C318" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D318" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E318" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F318" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G318" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H318" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I318" s="1">
+        <v>1360</v>
+      </c>
+    </row>
+    <row r="319" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A319" s="1">
+        <v>318</v>
+      </c>
+      <c r="B319" s="2">
+        <v>45439</v>
+      </c>
+      <c r="C319" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D319" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E319" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F319" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G319" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H319" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I319" s="1">
+        <v>5551.83</v>
+      </c>
+    </row>
+    <row r="320" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A320" s="1">
+        <v>319</v>
+      </c>
+      <c r="B320" s="2">
+        <v>45544</v>
+      </c>
+      <c r="C320" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D320" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E320" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F320" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G320" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H320" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I320" s="1">
+        <v>6742.81</v>
+      </c>
+    </row>
+    <row r="321" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A321" s="1">
+        <v>320</v>
+      </c>
+      <c r="B321" s="2">
+        <v>45111</v>
+      </c>
+      <c r="C321" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D321" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E321" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F321" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G321" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H321" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I321" s="1">
+        <v>9913.43</v>
+      </c>
+    </row>
+    <row r="322" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A322" s="1">
+        <v>321</v>
+      </c>
+      <c r="B322" s="2">
+        <v>45361</v>
+      </c>
+      <c r="C322" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D322" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E322" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F322" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G322" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H322" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I322" s="1">
+        <v>8567.24</v>
+      </c>
+    </row>
+    <row r="323" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A323" s="1">
+        <v>322</v>
+      </c>
+      <c r="B323" s="2">
+        <v>45272</v>
+      </c>
+      <c r="C323" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D323" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E323" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F323" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G323" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H323" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I323" s="1">
+        <v>5869.62</v>
+      </c>
+    </row>
+    <row r="324" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A324" s="1">
+        <v>323</v>
+      </c>
+      <c r="B324" s="2">
+        <v>45206</v>
+      </c>
+      <c r="C324" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D324" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E324" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F324" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G324" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H324" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I324" s="1">
+        <v>4237.22</v>
+      </c>
+    </row>
+    <row r="325" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A325" s="1">
+        <v>324</v>
+      </c>
+      <c r="B325" s="2">
+        <v>45145</v>
+      </c>
+      <c r="C325" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D325" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E325" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F325" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G325" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H325" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I325" s="1">
+        <v>9419.73</v>
+      </c>
+    </row>
+    <row r="326" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A326" s="1">
+        <v>325</v>
+      </c>
+      <c r="B326" s="2">
+        <v>45493</v>
+      </c>
+      <c r="C326" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D326" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E326" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F326" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G326" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H326" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I326" s="1">
+        <v>2932.93</v>
+      </c>
+    </row>
+    <row r="327" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A327" s="1">
+        <v>326</v>
+      </c>
+      <c r="B327" s="2">
+        <v>45042</v>
+      </c>
+      <c r="C327" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D327" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E327" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F327" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G327" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H327" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I327" s="1">
+        <v>3606.27</v>
+      </c>
+    </row>
+    <row r="328" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A328" s="1">
+        <v>327</v>
+      </c>
+      <c r="B328" s="2">
+        <v>45205</v>
+      </c>
+      <c r="C328" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D328" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E328" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F328" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G328" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H328" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I328" s="1">
+        <v>5461.07</v>
+      </c>
+    </row>
+    <row r="329" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A329" s="1">
+        <v>328</v>
+      </c>
+      <c r="B329" s="2">
+        <v>45030</v>
+      </c>
+      <c r="C329" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D329" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E329" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F329" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G329" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H329" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I329" s="1">
+        <v>3666.99</v>
+      </c>
+    </row>
+    <row r="330" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A330" s="1">
+        <v>329</v>
+      </c>
+      <c r="B330" s="2">
+        <v>45025</v>
+      </c>
+      <c r="C330" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D330" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E330" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F330" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G330" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H330" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I330" s="1">
+        <v>5803.36</v>
+      </c>
+    </row>
+    <row r="331" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A331" s="1">
+        <v>330</v>
+      </c>
+      <c r="B331" s="2">
+        <v>45506</v>
+      </c>
+      <c r="C331" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D331" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E331" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F331" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G331" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H331" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I331" s="1">
+        <v>9537.4699999999993</v>
+      </c>
+    </row>
+    <row r="332" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A332" s="1">
+        <v>331</v>
+      </c>
+      <c r="B332" s="2">
+        <v>45233</v>
+      </c>
+      <c r="C332" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D332" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E332" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F332" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G332" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H332" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I332" s="1">
+        <v>7830.46</v>
+      </c>
+    </row>
+    <row r="333" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A333" s="1">
+        <v>332</v>
+      </c>
+      <c r="B333" s="2">
+        <v>45342</v>
+      </c>
+      <c r="C333" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D333" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E333" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F333" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G333" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H333" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I333" s="1">
+        <v>6675.85</v>
+      </c>
+    </row>
+    <row r="334" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A334" s="1">
+        <v>333</v>
+      </c>
+      <c r="B334" s="2">
+        <v>45612</v>
+      </c>
+      <c r="C334" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D334" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E334" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F334" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G334" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H334" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I334" s="1">
+        <v>2290.73</v>
+      </c>
+    </row>
+    <row r="335" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A335" s="1">
+        <v>334</v>
+      </c>
+      <c r="B335" s="2">
+        <v>45252</v>
+      </c>
+      <c r="C335" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D335" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E335" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F335" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G335" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H335" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I335" s="1">
+        <v>5366.74</v>
+      </c>
+    </row>
+    <row r="336" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A336" s="1">
+        <v>335</v>
+      </c>
+      <c r="B336" s="2">
+        <v>45207</v>
+      </c>
+      <c r="C336" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D336" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E336" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F336" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G336" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H336" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I336" s="1">
+        <v>1798.97</v>
+      </c>
+    </row>
+    <row r="337" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A337" s="1">
+        <v>336</v>
+      </c>
+      <c r="B337" s="2">
+        <v>45461</v>
+      </c>
+      <c r="C337" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D337" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E337" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F337" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G337" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H337" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I337" s="1">
+        <v>8457.58</v>
+      </c>
+    </row>
+    <row r="338" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A338" s="1">
+        <v>337</v>
+      </c>
+      <c r="B338" s="2">
+        <v>44961</v>
+      </c>
+      <c r="C338" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D338" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E338" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F338" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G338" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H338" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I338" s="1">
+        <v>4989.0200000000004</v>
+      </c>
+    </row>
+    <row r="339" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A339" s="1">
+        <v>338</v>
+      </c>
+      <c r="B339" s="2">
+        <v>45560</v>
+      </c>
+      <c r="C339" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D339" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E339" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F339" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G339" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H339" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I339" s="1">
+        <v>2466.48</v>
+      </c>
+    </row>
+    <row r="340" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A340" s="1">
+        <v>339</v>
+      </c>
+      <c r="B340" s="2">
+        <v>45555</v>
+      </c>
+      <c r="C340" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D340" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E340" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F340" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G340" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H340" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I340" s="1">
+        <v>1564.61</v>
+      </c>
+    </row>
+    <row r="341" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A341" s="1">
+        <v>340</v>
+      </c>
+      <c r="B341" s="2">
+        <v>45279</v>
+      </c>
+      <c r="C341" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D341" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E341" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F341" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G341" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H341" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I341" s="1">
+        <v>9798.15</v>
+      </c>
+    </row>
+    <row r="342" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A342" s="1">
+        <v>341</v>
+      </c>
+      <c r="B342" s="2">
+        <v>45383</v>
+      </c>
+      <c r="C342" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D342" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E342" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F342" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G342" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H342" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I342" s="1">
+        <v>3893.5</v>
+      </c>
+    </row>
+    <row r="343" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A343" s="1">
+        <v>342</v>
+      </c>
+      <c r="B343" s="2">
+        <v>45439</v>
+      </c>
+      <c r="C343" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D343" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E343" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F343" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G343" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H343" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I343" s="1">
+        <v>2535.17</v>
+      </c>
+    </row>
+    <row r="344" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A344" s="1">
+        <v>343</v>
+      </c>
+      <c r="B344" s="2">
+        <v>45216</v>
+      </c>
+      <c r="C344" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D344" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E344" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F344" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G344" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H344" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I344" s="1">
+        <v>6072.59</v>
+      </c>
+    </row>
+    <row r="345" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A345" s="1">
+        <v>344</v>
+      </c>
+      <c r="B345" s="2">
+        <v>45372</v>
+      </c>
+      <c r="C345" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D345" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E345" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F345" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G345" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H345" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I345" s="1">
+        <v>2644.26</v>
+      </c>
+    </row>
+    <row r="346" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A346" s="1">
+        <v>345</v>
+      </c>
+      <c r="B346" s="2">
+        <v>44938</v>
+      </c>
+      <c r="C346" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D346" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E346" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F346" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G346" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H346" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I346" s="1">
+        <v>9758.01</v>
+      </c>
+    </row>
+    <row r="347" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A347" s="1">
+        <v>346</v>
+      </c>
+      <c r="B347" s="2">
+        <v>45005</v>
+      </c>
+      <c r="C347" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D347" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E347" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F347" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G347" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H347" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I347" s="1">
+        <v>6812.41</v>
+      </c>
+    </row>
+    <row r="348" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A348" s="1">
+        <v>347</v>
+      </c>
+      <c r="B348" s="2">
+        <v>44980</v>
+      </c>
+      <c r="C348" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D348" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E348" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F348" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G348" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H348" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I348" s="1">
+        <v>2659.13</v>
+      </c>
+    </row>
+    <row r="349" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A349" s="1">
+        <v>348</v>
+      </c>
+      <c r="B349" s="2">
+        <v>45634</v>
+      </c>
+      <c r="C349" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D349" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E349" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F349" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G349" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H349" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I349" s="1">
+        <v>6309.49</v>
+      </c>
+    </row>
+    <row r="350" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A350" s="1">
+        <v>349</v>
+      </c>
+      <c r="B350" s="2">
+        <v>45649</v>
+      </c>
+      <c r="C350" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D350" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E350" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F350" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G350" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H350" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I350" s="1">
+        <v>2522.81</v>
+      </c>
+    </row>
+    <row r="351" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A351" s="1">
+        <v>350</v>
+      </c>
+      <c r="B351" s="2">
+        <v>45569</v>
+      </c>
+      <c r="C351" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D351" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E351" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F351" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G351" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H351" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I351" s="1">
+        <v>7417.51</v>
+      </c>
+    </row>
+    <row r="352" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A352" s="1">
+        <v>351</v>
+      </c>
+      <c r="B352" s="2">
+        <v>45330</v>
+      </c>
+      <c r="C352" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D352" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E352" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F352" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G352" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H352" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I352" s="1">
+        <v>4034.19</v>
+      </c>
+    </row>
+    <row r="353" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A353" s="1">
+        <v>352</v>
+      </c>
+      <c r="B353" s="2">
+        <v>45144</v>
+      </c>
+      <c r="C353" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D353" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E353" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F353" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G353" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H353" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I353" s="1">
+        <v>9639.1</v>
+      </c>
+    </row>
+    <row r="354" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A354" s="1">
+        <v>353</v>
+      </c>
+      <c r="B354" s="2">
+        <v>44946</v>
+      </c>
+      <c r="C354" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D354" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E354" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F354" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G354" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H354" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I354" s="1">
+        <v>3001.01</v>
+      </c>
+    </row>
+    <row r="355" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A355" s="1">
+        <v>354</v>
+      </c>
+      <c r="B355" s="2">
+        <v>45557</v>
+      </c>
+      <c r="C355" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D355" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E355" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F355" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G355" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H355" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I355" s="1">
+        <v>6421.33</v>
+      </c>
+    </row>
+    <row r="356" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A356" s="1">
+        <v>355</v>
+      </c>
+      <c r="B356" s="2">
+        <v>45189</v>
+      </c>
+      <c r="C356" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D356" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E356" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F356" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G356" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H356" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I356" s="1">
+        <v>8366.18</v>
+      </c>
+    </row>
+    <row r="357" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A357" s="1">
+        <v>356</v>
+      </c>
+      <c r="B357" s="2">
+        <v>45068</v>
+      </c>
+      <c r="C357" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D357" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E357" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F357" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G357" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H357" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I357" s="1">
+        <v>1960.25</v>
+      </c>
+    </row>
+    <row r="358" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A358" s="1">
+        <v>357</v>
+      </c>
+      <c r="B358" s="2">
+        <v>45493</v>
+      </c>
+      <c r="C358" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D358" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E358" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F358" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G358" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H358" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I358" s="1">
+        <v>7145.84</v>
+      </c>
+    </row>
+    <row r="359" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A359" s="1">
+        <v>358</v>
+      </c>
+      <c r="B359" s="2">
+        <v>45156</v>
+      </c>
+      <c r="C359" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D359" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E359" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F359" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G359" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H359" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I359" s="1">
+        <v>5314.06</v>
+      </c>
+    </row>
+    <row r="360" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A360" s="1">
+        <v>359</v>
+      </c>
+      <c r="B360" s="2">
+        <v>45252</v>
+      </c>
+      <c r="C360" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D360" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E360" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F360" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G360" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H360" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I360" s="1">
+        <v>3304.7</v>
+      </c>
+    </row>
+    <row r="361" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A361" s="1">
+        <v>360</v>
+      </c>
+      <c r="B361" s="2">
+        <v>45495</v>
+      </c>
+      <c r="C361" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D361" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E361" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F361" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G361" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H361" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I361" s="1">
+        <v>6373.12</v>
+      </c>
+    </row>
+    <row r="362" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A362" s="1">
+        <v>361</v>
+      </c>
+      <c r="B362" s="2">
+        <v>45413</v>
+      </c>
+      <c r="C362" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D362" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E362" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F362" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G362" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H362" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I362" s="1">
+        <v>6525.3</v>
+      </c>
+    </row>
+    <row r="363" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A363" s="1">
+        <v>362</v>
+      </c>
+      <c r="B363" s="2">
+        <v>45651</v>
+      </c>
+      <c r="C363" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D363" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E363" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F363" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G363" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H363" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I363" s="1">
+        <v>3512.11</v>
+      </c>
+    </row>
+    <row r="364" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A364" s="1">
+        <v>363</v>
+      </c>
+      <c r="B364" s="2">
+        <v>44960</v>
+      </c>
+      <c r="C364" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D364" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E364" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F364" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G364" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H364" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I364" s="1">
+        <v>1276.96</v>
+      </c>
+    </row>
+    <row r="365" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A365" s="1">
+        <v>364</v>
+      </c>
+      <c r="B365" s="2">
+        <v>45401</v>
+      </c>
+      <c r="C365" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D365" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E365" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F365" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G365" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H365" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I365" s="1">
+        <v>4892.96</v>
+      </c>
+    </row>
+    <row r="366" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A366" s="1">
+        <v>365</v>
+      </c>
+      <c r="B366" s="2">
+        <v>45212</v>
+      </c>
+      <c r="C366" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D366" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E366" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F366" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G366" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H366" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I366" s="1">
+        <v>2770.81</v>
+      </c>
+    </row>
+    <row r="367" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A367" s="1">
+        <v>366</v>
+      </c>
+      <c r="B367" s="2">
+        <v>45590</v>
+      </c>
+      <c r="C367" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D367" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E367" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F367" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G367" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H367" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I367" s="1">
+        <v>4983.28</v>
+      </c>
+    </row>
+    <row r="368" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A368" s="1">
+        <v>367</v>
+      </c>
+      <c r="B368" s="2">
+        <v>45084</v>
+      </c>
+      <c r="C368" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D368" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E368" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F368" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G368" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H368" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I368" s="1">
+        <v>1736.97</v>
+      </c>
+    </row>
+    <row r="369" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A369" s="1">
+        <v>368</v>
+      </c>
+      <c r="B369" s="2">
+        <v>45044</v>
+      </c>
+      <c r="C369" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D369" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E369" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F369" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G369" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H369" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I369" s="1">
+        <v>8660.2999999999993</v>
+      </c>
+    </row>
+    <row r="370" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A370" s="1">
+        <v>369</v>
+      </c>
+      <c r="B370" s="2">
+        <v>45612</v>
+      </c>
+      <c r="C370" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D370" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E370" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F370" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G370" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H370" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I370" s="1">
+        <v>9235.5400000000009</v>
+      </c>
+    </row>
+    <row r="371" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A371" s="1">
+        <v>370</v>
+      </c>
+      <c r="B371" s="2">
+        <v>45186</v>
+      </c>
+      <c r="C371" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D371" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E371" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F371" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G371" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H371" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I371" s="1">
+        <v>1417.66</v>
+      </c>
+    </row>
+    <row r="372" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A372" s="1">
+        <v>371</v>
+      </c>
+      <c r="B372" s="2">
+        <v>45350</v>
+      </c>
+      <c r="C372" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D372" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E372" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F372" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G372" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H372" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I372" s="1">
+        <v>1030.75</v>
+      </c>
+    </row>
+    <row r="373" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A373" s="1">
+        <v>372</v>
+      </c>
+      <c r="B373" s="2">
+        <v>45013</v>
+      </c>
+      <c r="C373" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D373" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E373" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F373" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G373" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H373" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I373" s="1">
+        <v>8538.2800000000007</v>
+      </c>
+    </row>
+    <row r="374" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A374" s="1">
+        <v>373</v>
+      </c>
+      <c r="B374" s="2">
+        <v>45386</v>
+      </c>
+      <c r="C374" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D374" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E374" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F374" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G374" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H374" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I374" s="1">
+        <v>1558.06</v>
+      </c>
+    </row>
+    <row r="375" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A375" s="1">
+        <v>374</v>
+      </c>
+      <c r="B375" s="2">
+        <v>45326</v>
+      </c>
+      <c r="C375" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D375" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E375" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F375" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G375" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H375" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I375" s="1">
+        <v>1545.49</v>
+      </c>
+    </row>
+    <row r="376" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A376" s="1">
+        <v>375</v>
+      </c>
+      <c r="B376" s="2">
+        <v>45353</v>
+      </c>
+      <c r="C376" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D376" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E376" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F376" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G376" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H376" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I376" s="1">
+        <v>5466.53</v>
+      </c>
+    </row>
+    <row r="377" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A377" s="1">
+        <v>376</v>
+      </c>
+      <c r="B377" s="2">
+        <v>45507</v>
+      </c>
+      <c r="C377" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D377" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E377" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F377" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G377" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H377" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I377" s="1">
+        <v>3055.27</v>
+      </c>
+    </row>
+    <row r="378" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A378" s="1">
+        <v>377</v>
+      </c>
+      <c r="B378" s="2">
+        <v>45605</v>
+      </c>
+      <c r="C378" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D378" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E378" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F378" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G378" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H378" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I378" s="1">
+        <v>8082.01</v>
+      </c>
+    </row>
+    <row r="379" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A379" s="1">
+        <v>378</v>
+      </c>
+      <c r="B379" s="2">
+        <v>45040</v>
+      </c>
+      <c r="C379" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D379" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E379" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F379" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G379" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H379" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I379" s="1">
+        <v>4505.95</v>
+      </c>
+    </row>
+    <row r="380" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A380" s="1">
+        <v>379</v>
+      </c>
+      <c r="B380" s="2">
+        <v>45209</v>
+      </c>
+      <c r="C380" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D380" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E380" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F380" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G380" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H380" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I380" s="1">
+        <v>6928.95</v>
+      </c>
+    </row>
+    <row r="381" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A381" s="1">
+        <v>380</v>
+      </c>
+      <c r="B381" s="2">
+        <v>45008</v>
+      </c>
+      <c r="C381" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D381" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E381" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F381" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G381" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H381" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I381" s="1">
+        <v>9891.44</v>
+      </c>
+    </row>
+    <row r="382" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A382" s="1">
+        <v>381</v>
+      </c>
+      <c r="B382" s="2">
+        <v>45256</v>
+      </c>
+      <c r="C382" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D382" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E382" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F382" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G382" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H382" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I382" s="1">
+        <v>9093.09</v>
+      </c>
+    </row>
+    <row r="383" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A383" s="1">
+        <v>382</v>
+      </c>
+      <c r="B383" s="2">
+        <v>45450</v>
+      </c>
+      <c r="C383" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D383" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E383" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F383" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G383" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H383" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I383" s="1">
+        <v>7594.43</v>
+      </c>
+    </row>
+    <row r="384" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A384" s="1">
+        <v>383</v>
+      </c>
+      <c r="B384" s="2">
+        <v>45185</v>
+      </c>
+      <c r="C384" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D384" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E384" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F384" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G384" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H384" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I384" s="1">
+        <v>3636.15</v>
+      </c>
+    </row>
+    <row r="385" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A385" s="1">
+        <v>384</v>
+      </c>
+      <c r="B385" s="2">
+        <v>44981</v>
+      </c>
+      <c r="C385" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D385" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E385" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F385" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G385" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H385" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I385" s="1">
+        <v>4318.16</v>
+      </c>
+    </row>
+    <row r="386" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A386" s="1">
+        <v>385</v>
+      </c>
+      <c r="B386" s="2">
+        <v>45449</v>
+      </c>
+      <c r="C386" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D386" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E386" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F386" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G386" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H386" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I386" s="1">
+        <v>7934.03</v>
+      </c>
+    </row>
+    <row r="387" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A387" s="1">
+        <v>386</v>
+      </c>
+      <c r="B387" s="2">
+        <v>45178</v>
+      </c>
+      <c r="C387" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D387" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E387" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F387" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G387" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H387" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I387" s="1">
+        <v>6200.93</v>
+      </c>
+    </row>
+    <row r="388" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A388" s="1">
+        <v>387</v>
+      </c>
+      <c r="B388" s="2">
+        <v>45618</v>
+      </c>
+      <c r="C388" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D388" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E388" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F388" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G388" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H388" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I388" s="1">
+        <v>2183.77</v>
+      </c>
+    </row>
+    <row r="389" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A389" s="1">
+        <v>388</v>
+      </c>
+      <c r="B389" s="2">
+        <v>45019</v>
+      </c>
+      <c r="C389" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D389" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E389" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F389" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G389" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H389" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I389" s="1">
+        <v>4520.13</v>
+      </c>
+    </row>
+    <row r="390" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A390" s="1">
+        <v>389</v>
+      </c>
+      <c r="B390" s="2">
+        <v>45031</v>
+      </c>
+      <c r="C390" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D390" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E390" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F390" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G390" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H390" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I390" s="1">
+        <v>8677.84</v>
+      </c>
+    </row>
+    <row r="391" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A391" s="1">
+        <v>390</v>
+      </c>
+      <c r="B391" s="2">
+        <v>45031</v>
+      </c>
+      <c r="C391" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D391" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E391" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F391" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G391" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H391" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I391" s="1">
+        <v>7791.63</v>
+      </c>
+    </row>
+    <row r="392" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A392" s="1">
+        <v>391</v>
+      </c>
+      <c r="B392" s="2">
+        <v>45623</v>
+      </c>
+      <c r="C392" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D392" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E392" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F392" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G392" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H392" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I392" s="1">
+        <v>3805.62</v>
+      </c>
+    </row>
+    <row r="393" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A393" s="1">
+        <v>392</v>
+      </c>
+      <c r="B393" s="2">
+        <v>45453</v>
+      </c>
+      <c r="C393" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D393" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E393" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F393" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G393" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H393" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I393" s="1">
+        <v>9290.08</v>
+      </c>
+    </row>
+    <row r="394" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A394" s="1">
+        <v>393</v>
+      </c>
+      <c r="B394" s="2">
+        <v>45362</v>
+      </c>
+      <c r="C394" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D394" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E394" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F394" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G394" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H394" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I394" s="1">
+        <v>6204.01</v>
+      </c>
+    </row>
+    <row r="395" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A395" s="1">
+        <v>394</v>
+      </c>
+      <c r="B395" s="2">
+        <v>45252</v>
+      </c>
+      <c r="C395" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D395" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E395" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F395" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G395" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H395" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I395" s="1">
+        <v>6950.01</v>
+      </c>
+    </row>
+    <row r="396" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A396" s="1">
+        <v>395</v>
+      </c>
+      <c r="B396" s="2">
+        <v>45607</v>
+      </c>
+      <c r="C396" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D396" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E396" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F396" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G396" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H396" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I396" s="1">
+        <v>9530.2199999999993</v>
+      </c>
+    </row>
+    <row r="397" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A397" s="1">
+        <v>396</v>
+      </c>
+      <c r="B397" s="2">
+        <v>45494</v>
+      </c>
+      <c r="C397" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D397" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E397" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F397" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G397" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H397" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I397" s="1">
+        <v>4729.1099999999997</v>
+      </c>
+    </row>
+    <row r="398" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A398" s="1">
+        <v>397</v>
+      </c>
+      <c r="B398" s="2">
+        <v>45159</v>
+      </c>
+      <c r="C398" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D398" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E398" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F398" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G398" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H398" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I398" s="1">
+        <v>1950.48</v>
+      </c>
+    </row>
+    <row r="399" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A399" s="1">
+        <v>398</v>
+      </c>
+      <c r="B399" s="2">
+        <v>45402</v>
+      </c>
+      <c r="C399" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D399" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E399" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F399" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G399" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H399" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I399" s="1">
+        <v>4329.41</v>
+      </c>
+    </row>
+    <row r="400" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A400" s="1">
+        <v>399</v>
+      </c>
+      <c r="B400" s="2">
+        <v>45478</v>
+      </c>
+      <c r="C400" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D400" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E400" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F400" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G400" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H400" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I400" s="1">
+        <v>5759.14</v>
+      </c>
+    </row>
+    <row r="401" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A401" s="1">
+        <v>400</v>
+      </c>
+      <c r="B401" s="2">
+        <v>44948</v>
+      </c>
+      <c r="C401" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D401" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E401" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F401" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G401" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H401" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I401" s="1">
+        <v>5629.57</v>
+      </c>
+    </row>
+    <row r="402" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A402" s="1">
+        <v>401</v>
+      </c>
+      <c r="B402" s="2">
+        <v>45035</v>
+      </c>
+      <c r="C402" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D402" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E402" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F402" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G402" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H402" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I402" s="1">
+        <v>2374.0100000000002</v>
+      </c>
+    </row>
+    <row r="403" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A403" s="1">
+        <v>402</v>
+      </c>
+      <c r="B403" s="2">
+        <v>45009</v>
+      </c>
+      <c r="C403" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D403" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E403" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F403" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G403" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H403" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I403" s="1">
+        <v>4590.38</v>
+      </c>
+    </row>
+    <row r="404" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A404" s="1">
+        <v>403</v>
+      </c>
+      <c r="B404" s="2">
+        <v>45057</v>
+      </c>
+      <c r="C404" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D404" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E404" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F404" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G404" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H404" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I404" s="1">
+        <v>9521.2999999999993</v>
+      </c>
+    </row>
+    <row r="405" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A405" s="1">
+        <v>404</v>
+      </c>
+      <c r="B405" s="2">
+        <v>45340</v>
+      </c>
+      <c r="C405" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D405" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E405" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F405" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G405" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H405" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I405" s="1">
+        <v>3599.34</v>
+      </c>
+    </row>
+    <row r="406" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A406" s="1">
+        <v>405</v>
+      </c>
+      <c r="B406" s="2">
+        <v>45377</v>
+      </c>
+      <c r="C406" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D406" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E406" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F406" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G406" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H406" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I406" s="1">
+        <v>8697.9599999999991</v>
+      </c>
+    </row>
+    <row r="407" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A407" s="1">
+        <v>406</v>
+      </c>
+      <c r="B407" s="2">
+        <v>45526</v>
+      </c>
+      <c r="C407" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D407" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E407" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F407" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G407" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H407" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I407" s="1">
+        <v>6880.01</v>
+      </c>
+    </row>
+    <row r="408" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A408" s="1">
+        <v>407</v>
+      </c>
+      <c r="B408" s="2">
+        <v>45478</v>
+      </c>
+      <c r="C408" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D408" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E408" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F408" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G408" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H408" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I408" s="1">
+        <v>9229.81</v>
+      </c>
+    </row>
+    <row r="409" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A409" s="1">
+        <v>408</v>
+      </c>
+      <c r="B409" s="2">
+        <v>45171</v>
+      </c>
+      <c r="C409" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D409" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E409" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F409" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G409" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H409" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I409" s="1">
+        <v>4210.1499999999996</v>
+      </c>
+    </row>
+    <row r="410" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A410" s="1">
+        <v>409</v>
+      </c>
+      <c r="B410" s="2">
+        <v>45352</v>
+      </c>
+      <c r="C410" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D410" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E410" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F410" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G410" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H410" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I410" s="1">
+        <v>6287.08</v>
+      </c>
+    </row>
+    <row r="411" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A411" s="1">
+        <v>410</v>
+      </c>
+      <c r="B411" s="2">
+        <v>45324</v>
+      </c>
+      <c r="C411" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D411" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E411" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F411" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G411" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H411" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I411" s="1">
+        <v>5065.3900000000003</v>
+      </c>
+    </row>
+    <row r="412" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A412" s="1">
+        <v>411</v>
+      </c>
+      <c r="B412" s="2">
+        <v>45355</v>
+      </c>
+      <c r="C412" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D412" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E412" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F412" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G412" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H412" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I412" s="1">
+        <v>1206.44</v>
+      </c>
+    </row>
+    <row r="413" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A413" s="1">
+        <v>412</v>
+      </c>
+      <c r="B413" s="2">
+        <v>44927</v>
+      </c>
+      <c r="C413" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D413" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E413" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F413" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G413" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H413" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I413" s="1">
+        <v>8127.43</v>
+      </c>
+    </row>
+    <row r="414" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A414" s="1">
+        <v>413</v>
+      </c>
+      <c r="B414" s="2">
+        <v>45105</v>
+      </c>
+      <c r="C414" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D414" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E414" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F414" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G414" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H414" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I414" s="1">
+        <v>5265.91</v>
+      </c>
+    </row>
+    <row r="415" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A415" s="1">
+        <v>414</v>
+      </c>
+      <c r="B415" s="2">
+        <v>45223</v>
+      </c>
+      <c r="C415" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D415" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E415" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F415" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G415" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H415" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I415" s="1">
+        <v>5209.3</v>
+      </c>
+    </row>
+    <row r="416" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A416" s="1">
+        <v>415</v>
+      </c>
+      <c r="B416" s="2">
+        <v>45543</v>
+      </c>
+      <c r="C416" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D416" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E416" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F416" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G416" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H416" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I416" s="1">
+        <v>5942.19</v>
+      </c>
+    </row>
+    <row r="417" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A417" s="1">
+        <v>416</v>
+      </c>
+      <c r="B417" s="2">
+        <v>45558</v>
+      </c>
+      <c r="C417" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D417" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E417" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F417" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G417" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H417" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I417" s="1">
+        <v>3775.56</v>
+      </c>
+    </row>
+    <row r="418" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A418" s="1">
+        <v>417</v>
+      </c>
+      <c r="B418" s="2">
+        <v>45493</v>
+      </c>
+      <c r="C418" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D418" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E418" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F418" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G418" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H418" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I418" s="1">
+        <v>6650.14</v>
+      </c>
+    </row>
+    <row r="419" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A419" s="1">
+        <v>418</v>
+      </c>
+      <c r="B419" s="2">
+        <v>45064</v>
+      </c>
+      <c r="C419" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D419" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E419" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F419" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G419" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H419" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I419" s="1">
+        <v>4137.3599999999997</v>
+      </c>
+    </row>
+    <row r="420" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A420" s="1">
+        <v>419</v>
+      </c>
+      <c r="B420" s="2">
+        <v>45606</v>
+      </c>
+      <c r="C420" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D420" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E420" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F420" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G420" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H420" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I420" s="1">
+        <v>3112.15</v>
+      </c>
+    </row>
+    <row r="421" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A421" s="1">
+        <v>420</v>
+      </c>
+      <c r="B421" s="2">
+        <v>45102</v>
+      </c>
+      <c r="C421" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D421" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E421" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F421" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G421" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H421" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I421" s="1">
+        <v>3520.57</v>
+      </c>
+    </row>
+    <row r="422" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A422" s="1">
+        <v>421</v>
+      </c>
+      <c r="B422" s="2">
+        <v>45508</v>
+      </c>
+      <c r="C422" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D422" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E422" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F422" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G422" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H422" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I422" s="1">
+        <v>2129.63</v>
+      </c>
+    </row>
+    <row r="423" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A423" s="1">
+        <v>422</v>
+      </c>
+      <c r="B423" s="2">
+        <v>45155</v>
+      </c>
+      <c r="C423" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D423" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E423" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F423" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G423" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H423" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I423" s="1">
+        <v>7491.45</v>
+      </c>
+    </row>
+    <row r="424" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A424" s="1">
+        <v>423</v>
+      </c>
+      <c r="B424" s="2">
+        <v>45367</v>
+      </c>
+      <c r="C424" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D424" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E424" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F424" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G424" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H424" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I424" s="1">
+        <v>3200.98</v>
+      </c>
+    </row>
+    <row r="425" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A425" s="1">
+        <v>424</v>
+      </c>
+      <c r="B425" s="2">
+        <v>45080</v>
+      </c>
+      <c r="C425" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D425" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E425" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F425" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G425" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H425" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I425" s="1">
+        <v>7318.7</v>
+      </c>
+    </row>
+    <row r="426" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A426" s="1">
+        <v>425</v>
+      </c>
+      <c r="B426" s="2">
+        <v>45301</v>
+      </c>
+      <c r="C426" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D426" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E426" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F426" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G426" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H426" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I426" s="1">
+        <v>5369.58</v>
+      </c>
+    </row>
+    <row r="427" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A427" s="1">
+        <v>426</v>
+      </c>
+      <c r="B427" s="2">
+        <v>45182</v>
+      </c>
+      <c r="C427" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D427" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E427" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F427" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G427" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H427" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I427" s="1">
+        <v>9613.7199999999993</v>
+      </c>
+    </row>
+    <row r="428" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A428" s="1">
+        <v>427</v>
+      </c>
+      <c r="B428" s="2">
+        <v>45110</v>
+      </c>
+      <c r="C428" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D428" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E428" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F428" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G428" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H428" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I428" s="1">
+        <v>1588.42</v>
+      </c>
+    </row>
+    <row r="429" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A429" s="1">
+        <v>428</v>
+      </c>
+      <c r="B429" s="2">
+        <v>45496</v>
+      </c>
+      <c r="C429" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D429" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E429" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F429" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G429" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H429" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I429" s="1">
+        <v>5609.96</v>
+      </c>
+    </row>
+    <row r="430" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A430" s="1">
+        <v>429</v>
+      </c>
+      <c r="B430" s="2">
+        <v>45371</v>
+      </c>
+      <c r="C430" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D430" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E430" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F430" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G430" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H430" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I430" s="1">
+        <v>4628.13</v>
+      </c>
+    </row>
+    <row r="431" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A431" s="1">
+        <v>430</v>
+      </c>
+      <c r="B431" s="2">
+        <v>45173</v>
+      </c>
+      <c r="C431" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D431" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E431" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F431" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G431" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H431" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I431" s="1">
+        <v>5025.3999999999996</v>
+      </c>
+    </row>
+    <row r="432" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A432" s="1">
+        <v>431</v>
+      </c>
+      <c r="B432" s="2">
+        <v>45298</v>
+      </c>
+      <c r="C432" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D432" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E432" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F432" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G432" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H432" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I432" s="1">
+        <v>7076.05</v>
+      </c>
+    </row>
+    <row r="433" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A433" s="1">
+        <v>432</v>
+      </c>
+      <c r="B433" s="2">
+        <v>45371</v>
+      </c>
+      <c r="C433" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D433" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E433" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F433" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G433" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H433" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I433" s="1">
+        <v>1362.91</v>
+      </c>
+    </row>
+    <row r="434" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A434" s="1">
+        <v>433</v>
+      </c>
+      <c r="B434" s="2">
+        <v>45196</v>
+      </c>
+      <c r="C434" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D434" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E434" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F434" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G434" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H434" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I434" s="1">
+        <v>8933.07</v>
+      </c>
+    </row>
+    <row r="435" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A435" s="1">
+        <v>434</v>
+      </c>
+      <c r="B435" s="2">
+        <v>45582</v>
+      </c>
+      <c r="C435" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D435" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E435" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F435" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G435" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H435" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I435" s="1">
+        <v>1856.44</v>
+      </c>
+    </row>
+    <row r="436" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A436" s="1">
+        <v>435</v>
+      </c>
+      <c r="B436" s="2">
+        <v>45160</v>
+      </c>
+      <c r="C436" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D436" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E436" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F436" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G436" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H436" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I436" s="1">
+        <v>9231.61</v>
+      </c>
+    </row>
+    <row r="437" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A437" s="1">
+        <v>436</v>
+      </c>
+      <c r="B437" s="2">
+        <v>45487</v>
+      </c>
+      <c r="C437" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D437" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E437" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F437" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G437" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H437" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I437" s="1">
+        <v>5635.01</v>
+      </c>
+    </row>
+    <row r="438" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A438" s="1">
+        <v>437</v>
+      </c>
+      <c r="B438" s="2">
+        <v>45049</v>
+      </c>
+      <c r="C438" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D438" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E438" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F438" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G438" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H438" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I438" s="1">
+        <v>8737.7999999999993</v>
+      </c>
+    </row>
+    <row r="439" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A439" s="1">
+        <v>438</v>
+      </c>
+      <c r="B439" s="2">
+        <v>45065</v>
+      </c>
+      <c r="C439" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D439" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E439" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F439" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G439" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H439" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I439" s="1">
+        <v>6093.06</v>
+      </c>
+    </row>
+    <row r="440" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A440" s="1">
+        <v>439</v>
+      </c>
+      <c r="B440" s="2">
+        <v>45203</v>
+      </c>
+      <c r="C440" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D440" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E440" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F440" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G440" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H440" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I440" s="1">
+        <v>9261.2800000000007</v>
+      </c>
+    </row>
+    <row r="441" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A441" s="1">
+        <v>440</v>
+      </c>
+      <c r="B441" s="2">
+        <v>45203</v>
+      </c>
+      <c r="C441" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D441" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E441" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F441" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G441" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H441" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I441" s="1">
+        <v>1928.43</v>
+      </c>
+    </row>
+    <row r="442" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A442" s="1">
+        <v>441</v>
+      </c>
+      <c r="B442" s="2">
+        <v>45601</v>
+      </c>
+      <c r="C442" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D442" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E442" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F442" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G442" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H442" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I442" s="1">
+        <v>7689.7</v>
+      </c>
+    </row>
+    <row r="443" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A443" s="1">
+        <v>442</v>
+      </c>
+      <c r="B443" s="2">
+        <v>45407</v>
+      </c>
+      <c r="C443" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D443" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E443" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F443" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G443" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H443" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I443" s="1">
+        <v>9291.7099999999991</v>
+      </c>
+    </row>
+    <row r="444" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A444" s="1">
+        <v>443</v>
+      </c>
+      <c r="B444" s="2">
+        <v>44947</v>
+      </c>
+      <c r="C444" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D444" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E444" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F444" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G444" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H444" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I444" s="1">
+        <v>3545.73</v>
+      </c>
+    </row>
+    <row r="445" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A445" s="1">
+        <v>444</v>
+      </c>
+      <c r="B445" s="2">
+        <v>45085</v>
+      </c>
+      <c r="C445" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D445" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E445" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F445" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G445" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H445" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I445" s="1">
+        <v>9315.2900000000009</v>
+      </c>
+    </row>
+    <row r="446" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A446" s="1">
+        <v>445</v>
+      </c>
+      <c r="B446" s="2">
+        <v>45039</v>
+      </c>
+      <c r="C446" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D446" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E446" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F446" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G446" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H446" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I446" s="1">
+        <v>5487.02</v>
+      </c>
+    </row>
+    <row r="447" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A447" s="1">
+        <v>446</v>
+      </c>
+      <c r="B447" s="2">
+        <v>45092</v>
+      </c>
+      <c r="C447" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D447" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E447" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F447" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G447" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H447" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I447" s="1">
+        <v>2112.81</v>
+      </c>
+    </row>
+    <row r="448" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A448" s="1">
+        <v>447</v>
+      </c>
+      <c r="B448" s="2">
+        <v>45508</v>
+      </c>
+      <c r="C448" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D448" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E448" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F448" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G448" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H448" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I448" s="1">
+        <v>1646.14</v>
+      </c>
+    </row>
+    <row r="449" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A449" s="1">
+        <v>448</v>
+      </c>
+      <c r="B449" s="2">
+        <v>45088</v>
+      </c>
+      <c r="C449" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D449" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E449" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F449" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G449" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H449" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I449" s="1">
+        <v>6015.17</v>
+      </c>
+    </row>
+    <row r="450" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A450" s="1">
+        <v>449</v>
+      </c>
+      <c r="B450" s="2">
+        <v>45584</v>
+      </c>
+      <c r="C450" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D450" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E450" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F450" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G450" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H450" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I450" s="1">
+        <v>4276.87</v>
+      </c>
+    </row>
+    <row r="451" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A451" s="1">
+        <v>450</v>
+      </c>
+      <c r="B451" s="2">
+        <v>45288</v>
+      </c>
+      <c r="C451" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D451" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E451" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F451" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G451" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H451" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I451" s="1">
+        <v>9435.86</v>
+      </c>
+    </row>
+    <row r="452" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A452" s="1">
+        <v>451</v>
+      </c>
+      <c r="B452" s="2">
+        <v>45575</v>
+      </c>
+      <c r="C452" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D452" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E452" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F452" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G452" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H452" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I452" s="1">
+        <v>2621.93</v>
+      </c>
+    </row>
+    <row r="453" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A453" s="1">
+        <v>452</v>
+      </c>
+      <c r="B453" s="2">
+        <v>44995</v>
+      </c>
+      <c r="C453" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D453" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E453" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F453" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G453" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H453" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I453" s="1">
+        <v>2865.17</v>
+      </c>
+    </row>
+    <row r="454" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A454" s="1">
+        <v>453</v>
+      </c>
+      <c r="B454" s="2">
+        <v>44978</v>
+      </c>
+      <c r="C454" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D454" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E454" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F454" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G454" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H454" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I454" s="1">
+        <v>9749.2000000000007</v>
+      </c>
+    </row>
+    <row r="455" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A455" s="1">
+        <v>454</v>
+      </c>
+      <c r="B455" s="2">
+        <v>45652</v>
+      </c>
+      <c r="C455" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D455" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E455" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F455" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G455" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H455" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I455" s="1">
+        <v>7941.15</v>
+      </c>
+    </row>
+    <row r="456" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A456" s="1">
+        <v>455</v>
+      </c>
+      <c r="B456" s="2">
+        <v>45200</v>
+      </c>
+      <c r="C456" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D456" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E456" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F456" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G456" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H456" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I456" s="1">
+        <v>7657.45</v>
+      </c>
+    </row>
+    <row r="457" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A457" s="1">
+        <v>456</v>
+      </c>
+      <c r="B457" s="2">
+        <v>45093</v>
+      </c>
+      <c r="C457" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D457" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E457" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F457" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G457" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H457" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I457" s="1">
+        <v>4545.21</v>
+      </c>
+    </row>
+    <row r="458" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A458" s="1">
+        <v>457</v>
+      </c>
+      <c r="B458" s="2">
+        <v>45491</v>
+      </c>
+      <c r="C458" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D458" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E458" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F458" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G458" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H458" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I458" s="1">
+        <v>8509.19</v>
+      </c>
+    </row>
+    <row r="459" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A459" s="1">
+        <v>458</v>
+      </c>
+      <c r="B459" s="2">
+        <v>45420</v>
+      </c>
+      <c r="C459" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D459" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E459" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F459" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G459" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H459" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I459" s="1">
+        <v>7744.57</v>
+      </c>
+    </row>
+    <row r="460" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A460" s="1">
+        <v>459</v>
+      </c>
+      <c r="B460" s="2">
+        <v>45353</v>
+      </c>
+      <c r="C460" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D460" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E460" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F460" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G460" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H460" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I460" s="1">
+        <v>2808.24</v>
+      </c>
+    </row>
+    <row r="461" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A461" s="1">
+        <v>460</v>
+      </c>
+      <c r="B461" s="2">
+        <v>45131</v>
+      </c>
+      <c r="C461" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D461" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E461" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F461" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G461" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H461" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I461" s="1">
+        <v>3369.43</v>
+      </c>
+    </row>
+    <row r="462" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A462" s="1">
+        <v>461</v>
+      </c>
+      <c r="B462" s="2">
+        <v>45162</v>
+      </c>
+      <c r="C462" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D462" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E462" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F462" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G462" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H462" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I462" s="1">
+        <v>7913.39</v>
+      </c>
+    </row>
+    <row r="463" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A463" s="1">
+        <v>462</v>
+      </c>
+      <c r="B463" s="2">
+        <v>45279</v>
+      </c>
+      <c r="C463" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D463" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E463" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F463" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G463" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H463" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I463" s="1">
+        <v>9147.16</v>
+      </c>
+    </row>
+    <row r="464" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A464" s="1">
+        <v>463</v>
+      </c>
+      <c r="B464" s="2">
+        <v>45592</v>
+      </c>
+      <c r="C464" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D464" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E464" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F464" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G464" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H464" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I464" s="1">
+        <v>8921.0300000000007</v>
+      </c>
+    </row>
+    <row r="465" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A465" s="1">
+        <v>464</v>
+      </c>
+      <c r="B465" s="2">
+        <v>44938</v>
+      </c>
+      <c r="C465" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D465" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E465" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F465" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G465" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H465" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I465" s="1">
+        <v>8397.5499999999993</v>
+      </c>
+    </row>
+    <row r="466" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A466" s="1">
+        <v>465</v>
+      </c>
+      <c r="B466" s="2">
+        <v>45313</v>
+      </c>
+      <c r="C466" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D466" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E466" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F466" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G466" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H466" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I466" s="1">
+        <v>9558.07</v>
+      </c>
+    </row>
+    <row r="467" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A467" s="1">
+        <v>466</v>
+      </c>
+      <c r="B467" s="2">
+        <v>45512</v>
+      </c>
+      <c r="C467" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D467" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E467" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F467" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G467" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H467" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I467" s="1">
+        <v>9561.8799999999992</v>
+      </c>
+    </row>
+    <row r="468" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A468" s="1">
+        <v>467</v>
+      </c>
+      <c r="B468" s="2">
+        <v>45108</v>
+      </c>
+      <c r="C468" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D468" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E468" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F468" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G468" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H468" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I468" s="1">
+        <v>8003.82</v>
+      </c>
+    </row>
+    <row r="469" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A469" s="1">
+        <v>468</v>
+      </c>
+      <c r="B469" s="2">
+        <v>45588</v>
+      </c>
+      <c r="C469" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D469" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E469" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F469" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G469" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H469" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I469" s="1">
+        <v>2563.88</v>
+      </c>
+    </row>
+    <row r="470" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A470" s="1">
+        <v>469</v>
+      </c>
+      <c r="B470" s="2">
+        <v>45648</v>
+      </c>
+      <c r="C470" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D470" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E470" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F470" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G470" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H470" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I470" s="1">
+        <v>9704.06</v>
+      </c>
+    </row>
+    <row r="471" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A471" s="1">
+        <v>470</v>
+      </c>
+      <c r="B471" s="2">
+        <v>45516</v>
+      </c>
+      <c r="C471" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D471" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E471" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F471" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G471" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H471" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I471" s="1">
+        <v>1358.25</v>
+      </c>
+    </row>
+    <row r="472" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A472" s="1">
+        <v>471</v>
+      </c>
+      <c r="B472" s="2">
+        <v>45419</v>
+      </c>
+      <c r="C472" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D472" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E472" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F472" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G472" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H472" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I472" s="1">
+        <v>3525.54</v>
+      </c>
+    </row>
+    <row r="473" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A473" s="1">
+        <v>472</v>
+      </c>
+      <c r="B473" s="2">
+        <v>45378</v>
+      </c>
+      <c r="C473" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D473" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E473" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F473" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G473" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H473" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I473" s="1">
+        <v>1458.78</v>
+      </c>
+    </row>
+    <row r="474" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A474" s="1">
+        <v>473</v>
+      </c>
+      <c r="B474" s="2">
+        <v>44965</v>
+      </c>
+      <c r="C474" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D474" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E474" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F474" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G474" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H474" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I474" s="1">
+        <v>2353.7800000000002</v>
+      </c>
+    </row>
+    <row r="475" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A475" s="1">
+        <v>474</v>
+      </c>
+      <c r="B475" s="2">
+        <v>45258</v>
+      </c>
+      <c r="C475" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D475" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E475" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F475" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G475" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H475" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I475" s="1">
+        <v>2217.48</v>
+      </c>
+    </row>
+    <row r="476" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A476" s="1">
+        <v>475</v>
+      </c>
+      <c r="B476" s="2">
+        <v>45296</v>
+      </c>
+      <c r="C476" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D476" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E476" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F476" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G476" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H476" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I476" s="1">
+        <v>7186.8</v>
+      </c>
+    </row>
+    <row r="477" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A477" s="1">
+        <v>476</v>
+      </c>
+      <c r="B477" s="2">
+        <v>45105</v>
+      </c>
+      <c r="C477" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D477" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E477" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F477" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G477" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H477" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I477" s="1">
+        <v>3986.04</v>
+      </c>
+    </row>
+    <row r="478" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A478" s="1">
+        <v>477</v>
+      </c>
+      <c r="B478" s="2">
+        <v>45101</v>
+      </c>
+      <c r="C478" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D478" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E478" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F478" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G478" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H478" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I478" s="1">
+        <v>3534.31</v>
+      </c>
+    </row>
+    <row r="479" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A479" s="1">
+        <v>478</v>
+      </c>
+      <c r="B479" s="2">
+        <v>45121</v>
+      </c>
+      <c r="C479" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D479" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E479" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F479" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G479" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H479" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I479" s="1">
+        <v>5317.11</v>
+      </c>
+    </row>
+    <row r="480" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A480" s="1">
+        <v>479</v>
+      </c>
+      <c r="B480" s="2">
+        <v>45007</v>
+      </c>
+      <c r="C480" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D480" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E480" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F480" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G480" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H480" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I480" s="1">
+        <v>8124.56</v>
+      </c>
+    </row>
+    <row r="481" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A481" s="1">
+        <v>480</v>
+      </c>
+      <c r="B481" s="2">
+        <v>45222</v>
+      </c>
+      <c r="C481" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D481" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E481" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F481" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G481" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H481" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I481" s="1">
+        <v>4456.8900000000003</v>
+      </c>
+    </row>
+    <row r="482" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A482" s="1">
+        <v>481</v>
+      </c>
+      <c r="B482" s="2">
+        <v>45116</v>
+      </c>
+      <c r="C482" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D482" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E482" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F482" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G482" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H482" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I482" s="1">
+        <v>4160.59</v>
+      </c>
+    </row>
+    <row r="483" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A483" s="1">
+        <v>482</v>
+      </c>
+      <c r="B483" s="2">
+        <v>45018</v>
+      </c>
+      <c r="C483" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D483" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E483" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F483" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G483" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H483" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I483" s="1">
+        <v>1714.39</v>
+      </c>
+    </row>
+    <row r="484" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A484" s="1">
+        <v>483</v>
+      </c>
+      <c r="B484" s="2">
+        <v>45002</v>
+      </c>
+      <c r="C484" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D484" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E484" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F484" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G484" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H484" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I484" s="1">
+        <v>4704.76</v>
+      </c>
+    </row>
+    <row r="485" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A485" s="1">
+        <v>484</v>
+      </c>
+      <c r="B485" s="2">
+        <v>45026</v>
+      </c>
+      <c r="C485" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D485" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E485" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F485" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G485" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H485" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I485" s="1">
+        <v>7485.18</v>
+      </c>
+    </row>
+    <row r="486" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A486" s="1">
+        <v>485</v>
+      </c>
+      <c r="B486" s="2">
+        <v>45255</v>
+      </c>
+      <c r="C486" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D486" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E486" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F486" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G486" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H486" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I486" s="1">
+        <v>3434.92</v>
+      </c>
+    </row>
+    <row r="487" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A487" s="1">
+        <v>486</v>
+      </c>
+      <c r="B487" s="2">
+        <v>45600</v>
+      </c>
+      <c r="C487" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D487" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E487" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F487" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G487" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H487" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I487" s="1">
+        <v>1968.84</v>
+      </c>
+    </row>
+    <row r="488" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A488" s="1">
+        <v>487</v>
+      </c>
+      <c r="B488" s="2">
+        <v>45082</v>
+      </c>
+      <c r="C488" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D488" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E488" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F488" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G488" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H488" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I488" s="1">
+        <v>5794.32</v>
+      </c>
+    </row>
+    <row r="489" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A489" s="1">
+        <v>488</v>
+      </c>
+      <c r="B489" s="2">
+        <v>45376</v>
+      </c>
+      <c r="C489" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D489" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E489" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F489" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G489" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H489" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I489" s="1">
+        <v>7178.47</v>
+      </c>
+    </row>
+    <row r="490" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A490" s="1">
+        <v>489</v>
+      </c>
+      <c r="B490" s="2">
+        <v>45487</v>
+      </c>
+      <c r="C490" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D490" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E490" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F490" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G490" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H490" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I490" s="1">
+        <v>1184.8800000000001</v>
+      </c>
+    </row>
+    <row r="491" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A491" s="1">
+        <v>490</v>
+      </c>
+      <c r="B491" s="2">
+        <v>45520</v>
+      </c>
+      <c r="C491" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D491" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E491" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F491" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G491" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H491" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I491" s="1">
+        <v>3096.44</v>
+      </c>
+    </row>
+    <row r="492" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A492" s="1">
+        <v>491</v>
+      </c>
+      <c r="B492" s="2">
+        <v>45001</v>
+      </c>
+      <c r="C492" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D492" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E492" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F492" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G492" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H492" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I492" s="1">
+        <v>2628.66</v>
+      </c>
+    </row>
+    <row r="493" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A493" s="1">
+        <v>492</v>
+      </c>
+      <c r="B493" s="2">
+        <v>45166</v>
+      </c>
+      <c r="C493" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D493" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E493" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F493" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G493" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H493" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I493" s="1">
+        <v>6405.89</v>
+      </c>
+    </row>
+    <row r="494" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A494" s="1">
+        <v>493</v>
+      </c>
+      <c r="B494" s="2">
+        <v>45347</v>
+      </c>
+      <c r="C494" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D494" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E494" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F494" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G494" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H494" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I494" s="1">
+        <v>1906.93</v>
+      </c>
+    </row>
+    <row r="495" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A495" s="1">
+        <v>494</v>
+      </c>
+      <c r="B495" s="2">
+        <v>45390</v>
+      </c>
+      <c r="C495" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D495" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E495" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F495" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G495" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H495" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I495" s="1">
+        <v>7266.23</v>
+      </c>
+    </row>
+    <row r="496" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A496" s="1">
+        <v>495</v>
+      </c>
+      <c r="B496" s="2">
+        <v>44937</v>
+      </c>
+      <c r="C496" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D496" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E496" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F496" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G496" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H496" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I496" s="1">
+        <v>3500.83</v>
+      </c>
+    </row>
+    <row r="497" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A497" s="1">
+        <v>496</v>
+      </c>
+      <c r="B497" s="2">
+        <v>45523</v>
+      </c>
+      <c r="C497" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D497" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E497" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F497" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G497" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H497" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I497" s="1">
+        <v>5871.04</v>
+      </c>
+    </row>
+    <row r="498" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A498" s="1">
+        <v>497</v>
+      </c>
+      <c r="B498" s="2">
+        <v>44927</v>
+      </c>
+      <c r="C498" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D498" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E498" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F498" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G498" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H498" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="I498" s="1">
+        <v>8731.98</v>
+      </c>
+    </row>
+    <row r="499" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A499" s="1">
+        <v>498</v>
+      </c>
+      <c r="B499" s="2">
+        <v>44959</v>
+      </c>
+      <c r="C499" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D499" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E499" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="F499" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G499" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H499" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I499" s="1">
+        <v>2897.86</v>
+      </c>
+    </row>
+    <row r="500" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A500" s="1">
+        <v>499</v>
+      </c>
+      <c r="B500" s="2">
+        <v>45116</v>
+      </c>
+      <c r="C500" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D500" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E500" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F500" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G500" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H500" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I500" s="1">
+        <v>1382.4</v>
+      </c>
+    </row>
+    <row r="501" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A501" s="1">
+        <v>500</v>
+      </c>
+      <c r="B501" s="2">
+        <v>45004</v>
+      </c>
+      <c r="C501" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D501" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E501" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F501" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G501" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H501" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I501" s="1">
+        <v>7878.76</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{37106EF0-515C-4B3A-A246-F38F40AE5FFB}">
+  <dimension ref="A3:H21"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A17" sqref="A17:E20"/>
+      <pivotSelection pane="bottomRight" showHeader="1" extendable="1" max="5" activeRow="16" click="1" r:id="rId1">
+        <pivotArea dataOnly="0" axis="axisRow" fieldPosition="0">
+          <references count="1">
+            <reference field="2" count="4">
+              <x v="0"/>
+              <x v="1"/>
+              <x v="2"/>
+              <x v="3"/>
+            </reference>
+          </references>
+        </pivotArea>
+      </pivotSelection>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <cols>
+    <col min="1" max="1" width="14.90625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="16.08984375" bestFit="1" customWidth="1"/>
+    <col min="3" max="4" width="9.81640625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="12.36328125" style="1" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="13.6328125" style="1" customWidth="1"/>
+    <col min="7" max="7" width="14" style="1" customWidth="1"/>
+    <col min="8" max="8" width="14.26953125" style="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="3" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A3" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D3" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="E3" s="6" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A4" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="B4" s="5">
+        <v>184</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E4" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H4" s="1" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A5" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" s="5">
+        <v>150</v>
+      </c>
+      <c r="D5" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="E5" s="7"/>
+      <c r="F5" s="7">
+        <v>348581.46999999991</v>
+      </c>
+      <c r="G5" s="7">
+        <v>286907.93999999989</v>
+      </c>
+      <c r="H5" s="7">
+        <v>635489.4099999998</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A6" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="B6" s="5">
+        <v>166</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="7">
+        <v>481217.0799999999</v>
+      </c>
+      <c r="G6" s="7">
+        <v>350046.50999999995</v>
+      </c>
+      <c r="H6" s="7">
+        <v>831263.58999999985</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A7" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="B7" s="5">
+        <v>500</v>
+      </c>
+      <c r="D7" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="E7" s="7"/>
+      <c r="F7" s="7">
+        <v>307393.63000000006</v>
+      </c>
+      <c r="G7" s="7">
+        <v>325424.13</v>
+      </c>
+      <c r="H7" s="7">
+        <v>632817.76</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="D8" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="E8" s="7"/>
+      <c r="F8" s="7">
+        <v>294815.13</v>
+      </c>
+      <c r="G8" s="7">
+        <v>332283.73000000004</v>
+      </c>
+      <c r="H8" s="7">
+        <v>627098.8600000001</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="D9" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="E9" s="7"/>
+      <c r="F9" s="7"/>
+      <c r="G9" s="7"/>
+      <c r="H9" s="7"/>
+    </row>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="D10" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="E10" s="7"/>
+      <c r="F10" s="7">
+        <v>1432007.31</v>
+      </c>
+      <c r="G10" s="7">
+        <v>1294662.3099999998</v>
+      </c>
+      <c r="H10" s="7">
+        <v>2726669.62</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A15" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="E15"/>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A16" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B16" t="s">
+        <v>19</v>
+      </c>
+      <c r="C16" t="s">
+        <v>10</v>
+      </c>
+      <c r="D16" t="s">
+        <v>25</v>
+      </c>
+      <c r="E16" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A17" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B17" s="5">
+        <v>201570.53999999995</v>
+      </c>
+      <c r="C17" s="5">
+        <v>170155.72999999998</v>
+      </c>
+      <c r="D17" s="5">
+        <v>263763.13999999996</v>
+      </c>
+      <c r="E17" s="5">
+        <v>635489.40999999992</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A18" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="B18" s="5">
+        <v>321077.06</v>
+      </c>
+      <c r="C18" s="5">
+        <v>283018.35000000009</v>
+      </c>
+      <c r="D18" s="5">
+        <v>227168.17999999993</v>
+      </c>
+      <c r="E18" s="5">
+        <v>831263.59000000008</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A19" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B19" s="5">
+        <v>228389.22000000003</v>
+      </c>
+      <c r="C19" s="5">
+        <v>193090.11000000007</v>
+      </c>
+      <c r="D19" s="5">
+        <v>211338.42999999996</v>
+      </c>
+      <c r="E19" s="5">
+        <v>632817.76</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A20" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B20" s="5">
+        <v>270106.71999999997</v>
+      </c>
+      <c r="C20" s="5">
+        <v>188090.57000000007</v>
+      </c>
+      <c r="D20" s="5">
+        <v>168901.56999999998</v>
+      </c>
+      <c r="E20" s="5">
+        <v>627098.86</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A21" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="B21" s="5">
+        <v>1021143.54</v>
+      </c>
+      <c r="C21" s="5">
+        <v>834354.76000000024</v>
+      </c>
+      <c r="D21" s="5">
+        <v>871171.31999999983</v>
+      </c>
+      <c r="E21" s="5">
+        <v>2726669.6199999996</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <drawing r:id="rId4"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Çalışma Sayfaları</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Car Inventory</vt:lpstr>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>dataset</vt:lpstr>
+      <vt:lpstr>Sayfa2</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
-  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Ercüment Aydın</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:category/>
-  <cp:contentStatus/>
 </cp:coreProperties>
 </file>